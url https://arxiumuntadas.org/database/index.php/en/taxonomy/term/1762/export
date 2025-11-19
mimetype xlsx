--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -302,57 +302,57 @@
   <si>
     <t>Lisboa</t>
   </si>
   <si>
     <t>Look See Perceive</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>MPA On Paper</t>
   </si>
   <si>
     <t>Muntadas. Projects / Proposals [Folleto invitación]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Muntadas. Projects / Proposals [Hoja de sala]</t>
   </si>
   <si>
+    <t>Espacio / Situación</t>
+  </si>
+  <si>
     <t>Experiencia Parcel Post</t>
   </si>
   <si>
     <t>Nottingham</t>
-  </si>
-[...1 lines deleted...]
-    <t>Espacio / Situación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1736,72 +1736,72 @@
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
         <v>60</v>
       </c>
       <c r="D62">
         <v>2017</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>17</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>21</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B64" t="s">
         <v>21</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="G64"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>