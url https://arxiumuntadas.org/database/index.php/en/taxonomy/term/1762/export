--- v1 (2025-11-19)
+++ v2 (2025-12-30)
@@ -293,66 +293,66 @@
   <si>
     <t>Dossier de Prensa</t>
   </si>
   <si>
     <t>Muntadas, contra la convenció</t>
   </si>
   <si>
     <t>Spectacle / Power / Mass Media [Espectáculo  / Poder / Mass Media]</t>
   </si>
   <si>
     <t>Lisboa</t>
   </si>
   <si>
     <t>Look See Perceive</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>MPA On Paper</t>
   </si>
   <si>
+    <t>Muntadas. Projects / Proposals [Hoja de sala]</t>
+  </si>
+  <si>
     <t>Muntadas. Projects / Proposals [Folleto invitación]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
-    <t>Muntadas. Projects / Proposals [Hoja de sala]</t>
+    <t>Experiencia Parcel Post</t>
+  </si>
+  <si>
+    <t>Nottingham</t>
   </si>
   <si>
     <t>Espacio / Situación</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nottingham</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1697,111 +1697,111 @@
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>92</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>93</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>94</v>
+        <v>60</v>
       </c>
       <c r="D61">
         <v>2017</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>17</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>94</v>
+      </c>
+      <c r="B62" t="s">
+        <v>8</v>
+      </c>
+      <c r="C62" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D62">
         <v>2017</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>17</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>21</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B64" t="s">
         <v>21</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="G64"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>