--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -107,75 +107,75 @@
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Muntadas / Actividades, propuestas y proyectos. Fondos de la Galería Vandrés, 1971-1980</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Antonio Muntadas, en HARTISIMO</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Tres proyectos</t>
   </si>
   <si>
     <t>MONOS #4</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
+    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
+  </si>
+  <si>
+    <t>Folleto, Taller</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Muntadas. Projects / Proposals [Folleto invitación]</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : FINAL REVIEWS</t>
+  </si>
+  <si>
+    <t>Folleto, Programa de evento, Taller</t>
+  </si>
+  <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : MID-TERM REVIEWS</t>
-  </si>
-[...22 lines deleted...]
-    <t>Folleto, Programa de evento, Taller</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -712,124 +712,124 @@
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12">
         <v>2013</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>19</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D14">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D15">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D16">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D17">
         <v>2013</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>33</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
         <v>2007</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>13</v>
       </c>