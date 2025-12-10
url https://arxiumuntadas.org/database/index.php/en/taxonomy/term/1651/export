--- v1 (2025-10-30)
+++ v2 (2025-12-10)
@@ -107,75 +107,75 @@
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Muntadas / Actividades, propuestas y proyectos. Fondos de la Galería Vandrés, 1971-1980</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Antonio Muntadas, en HARTISIMO</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Tres proyectos</t>
   </si>
   <si>
     <t>MONOS #4</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
+    <t>Muntadas. Projects / Proposals [Folleto invitación]</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : FINAL REVIEWS</t>
+  </si>
+  <si>
+    <t>Folleto, Programa de evento, Taller</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : MID-TERM REVIEWS</t>
+  </si>
+  <si>
+    <t>Folleto, Taller</t>
+  </si>
+  <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
-  </si>
-[...22 lines deleted...]
-    <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : MID-TERM REVIEWS</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -712,131 +712,131 @@
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12">
         <v>2013</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>19</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>36</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>37</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15">
         <v>2013</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D16">
         <v>2013</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D17">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
         <v>2007</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>