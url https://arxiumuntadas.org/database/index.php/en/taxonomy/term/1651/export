--- v2 (2025-12-10)
+++ v3 (2026-01-20)
@@ -107,75 +107,75 @@
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Muntadas / Actividades, propuestas y proyectos. Fondos de la Galería Vandrés, 1971-1980</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Antonio Muntadas, en HARTISIMO</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Tres proyectos</t>
   </si>
   <si>
     <t>MONOS #4</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
+    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
+  </si>
+  <si>
+    <t>Folleto, Taller</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
     <t>Muntadas. Projects / Proposals [Folleto invitación]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : FINAL REVIEWS</t>
   </si>
   <si>
     <t>Folleto, Programa de evento, Taller</t>
   </si>
   <si>
-    <t>Cambridge (MA)</t>
-[...1 lines deleted...]
-  <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : MID-TERM REVIEWS</t>
-  </si>
-[...4 lines deleted...]
-    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -712,131 +712,131 @@
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12">
         <v>2013</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>19</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D14">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D15">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16">
         <v>2013</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D17">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
         <v>2007</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>