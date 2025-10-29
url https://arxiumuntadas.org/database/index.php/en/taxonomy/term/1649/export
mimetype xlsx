--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -170,69 +170,69 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Translations, Protocols and Archives</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>On Translation: Warning (Estambul) [Adhesivo]</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
+    <t>Muntadas: Asian Protocols</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas On Translation</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
     <t>Between the Frames (the transcriptions) [Español]</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Barcelona</t>
-  </si>
-[...10 lines deleted...]
-    <t>San Sebastián</t>
   </si>
   <si>
     <t>On Translation: The Games</t>
   </si>
   <si>
     <t>Atlanta (GA)</t>
   </si>
   <si>
     <t>On Translation: The Adapter</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -962,89 +962,89 @@
         <v>28</v>
       </c>
       <c r="C22"/>
       <c r="D22">
         <v>1999</v>
       </c>
       <c r="E22">
         <v>2005</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D24">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
         <v>57</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>59</v>
       </c>
       <c r="B26" t="s">
         <v>28</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>1996</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">