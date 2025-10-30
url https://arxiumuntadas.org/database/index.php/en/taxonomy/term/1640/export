--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -110,66 +110,66 @@
   <si>
     <t>Sintonías e interferencias [periódico Egin, Insert]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Muntadas. WORTE: Die Pressekonferenz</t>
   </si>
   <si>
     <t>Innsbruck</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
+    <t>En tiempos de crisis</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Confrontations</t>
+  </si>
+  <si>
+    <t>Presión</t>
+  </si>
+  <si>
     <t>Words: The Press Conference Room [1991]</t>
   </si>
   <si>
     <t>Indianapolis (IN)</t>
-  </si>
-[...10 lines deleted...]
-    <t>Presión</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -703,106 +703,106 @@
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>1993</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1991</v>
+        <v>2009</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2009</v>
+        <v>1974</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>25</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1973</v>
+        <v>1991</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>