--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -110,66 +110,66 @@
   <si>
     <t>Sintonías e interferencias [periódico Egin, Insert]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Muntadas. WORTE: Die Pressekonferenz</t>
   </si>
   <si>
     <t>Innsbruck</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
+    <t>Confrontations</t>
+  </si>
+  <si>
+    <t>Presión</t>
+  </si>
+  <si>
+    <t>Words: The Press Conference Room [1991]</t>
+  </si>
+  <si>
+    <t>Indianapolis (IN)</t>
+  </si>
+  <si>
     <t>En tiempos de crisis</t>
   </si>
   <si>
     <t>Madrid</t>
-  </si>
-[...10 lines deleted...]
-    <t>Indianapolis (IN)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -703,102 +703,102 @@
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>1993</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>2009</v>
+        <v>1974</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>28</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1973</v>
+        <v>1991</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>25</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1991</v>
+        <v>2009</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>