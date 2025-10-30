--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -47,63 +47,63 @@
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Base Book</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Florencia</t>
   </si>
   <si>
+    <t>Espacios protegidos | espacios públicos</t>
+  </si>
+  <si>
+    <t>Conferencia, Flyer</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
     <t>Espais protegits/espais públics, en: Art públic, universitat pública. VI Mostra d’art públic per a joves creadors [Publicación]</t>
   </si>
   <si>
-    <t>Conferencia, Flyer</t>
-[...1 lines deleted...]
-  <si>
     <t>Valencia</t>
-  </si>
-[...4 lines deleted...]
-    <t>Buenos Aires</t>
   </si>
   <si>
     <t>haute CULTURE I</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Montpellier, Valencia</t>
   </si>
   <si>
     <t>The Limousine Project</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -488,70 +488,70 @@
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2">
         <v>2019</v>
       </c>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5"/>
       <c r="D5">
         <v>1983</v>
       </c>
       <c r="E5">
         <v>1985</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5"/>