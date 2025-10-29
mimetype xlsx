--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -65,96 +65,96 @@
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>On Translation: La Alameda: El Mural</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>The File Room, 1994 [Punto de información, 2011]</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>This is Not an Advertisement [Wallpaper]</t>
+  </si>
+  <si>
+    <t>The Limousine Project [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Cadaqués - Canal Local (PUNT D'INFORMACIÓ)</t>
+  </si>
+  <si>
+    <t>Cadaqués</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Francia</t>
+  </si>
+  <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>En tiempos de crisis</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Cartographies</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>Media Eyes [Wallpaper]</t>
+  </si>
+  <si>
     <t>haute CULTURE I-II [Wallpaper]</t>
   </si>
   <si>
     <t>On Translation: The Audience [Wallpaper]</t>
   </si>
   <si>
     <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
-  </si>
-[...37 lines deleted...]
-    <t>Media Eyes [Wallpaper]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -631,188 +631,188 @@
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
         <v>2011</v>
       </c>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F10"/>
+        <v>1974</v>
+      </c>
+      <c r="E10">
+        <v>2006</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>2011</v>
       </c>
       <c r="E11"/>
-      <c r="F11"/>
+      <c r="F11" t="s">
+        <v>23</v>
+      </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
         <v>2011</v>
       </c>
       <c r="E12"/>
-      <c r="F12"/>
+      <c r="F12" t="s">
+        <v>25</v>
+      </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="E13"/>
       <c r="F13" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>2011</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E16"/>
-      <c r="F16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E17"/>
-      <c r="F17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
         <v>2011</v>
       </c>
       <c r="E18"/>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18"/>
       <c r="G18"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>