--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -65,96 +65,96 @@
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>On Translation: La Alameda: El Mural</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>The File Room, 1994 [Punto de información, 2011]</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>Arte ⇄ Vida [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Cadaqués - Canal Local (PUNT D'INFORMACIÓ)</t>
+  </si>
+  <si>
+    <t>Cadaqués</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Francia</t>
+  </si>
+  <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>En tiempos de crisis</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Cartographies</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>Media Eyes [Wallpaper]</t>
+  </si>
+  <si>
+    <t>haute CULTURE I-II [Wallpaper]</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience [Wallpaper]</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
+  </si>
+  <si>
     <t>This is Not an Advertisement [Wallpaper]</t>
   </si>
   <si>
     <t>The Limousine Project [Wallpaper]</t>
-  </si>
-[...40 lines deleted...]
-    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -601,173 +601,173 @@
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
         <v>2011</v>
       </c>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F8"/>
+        <v>1974</v>
+      </c>
+      <c r="E8">
+        <v>2006</v>
+      </c>
+      <c r="F8" t="s">
+        <v>19</v>
+      </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
         <v>2011</v>
       </c>
       <c r="E9"/>
-      <c r="F9"/>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E10"/>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E14"/>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>2011</v>
       </c>
       <c r="E15"/>
-      <c r="F15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F15"/>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>2011</v>
       </c>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>