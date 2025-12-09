--- v2 (2025-11-19)
+++ v3 (2025-12-09)
@@ -65,96 +65,96 @@
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>On Translation: La Alameda: El Mural</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>The File Room, 1994 [Punto de información, 2011]</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
+  </si>
+  <si>
+    <t>This is Not an Advertisement [Wallpaper]</t>
+  </si>
+  <si>
+    <t>The Limousine Project [Wallpaper]</t>
+  </si>
+  <si>
     <t>Arte ⇄ Vida [Wallpaper]</t>
   </si>
   <si>
     <t>Cadaqués - Canal Local (PUNT D'INFORMACIÓ)</t>
   </si>
   <si>
     <t>Cadaqués</t>
   </si>
   <si>
     <t>On Translation: Die Stadt [Wallpaper]</t>
   </si>
   <si>
     <t>Graz, Barcelona, Francia</t>
   </si>
   <si>
     <t>Alphaville e outros</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
   </si>
   <si>
     <t>Asian Protocols: Cartographies</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>Media Eyes [Wallpaper]</t>
   </si>
   <si>
     <t>haute CULTURE I-II [Wallpaper]</t>
   </si>
   <si>
     <t>On Translation: The Audience [Wallpaper]</t>
-  </si>
-[...7 lines deleted...]
-    <t>The Limousine Project [Wallpaper]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -601,188 +601,188 @@
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
         <v>2011</v>
       </c>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1974</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E8"/>
+      <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
         <v>2011</v>
       </c>
       <c r="E9"/>
-      <c r="F9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F9"/>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
         <v>2011</v>
       </c>
       <c r="E10"/>
-      <c r="F10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F10"/>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>1974</v>
+      </c>
+      <c r="E11">
+        <v>2006</v>
+      </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>2011</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E14"/>
-      <c r="F14"/>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E15"/>
-      <c r="F15"/>
+      <c r="F15" t="s">
+        <v>29</v>
+      </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>2011</v>
       </c>
       <c r="E16"/>
-      <c r="F16"/>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>2011</v>
       </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>