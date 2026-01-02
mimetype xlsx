--- v3 (2025-12-09)
+++ v4 (2026-01-02)
@@ -65,96 +65,96 @@
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>On Translation: La Alameda: El Mural</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>The File Room, 1994 [Punto de información, 2011]</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>On Translation: The Audience [Wallpaper]</t>
+  </si>
+  <si>
     <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
   </si>
   <si>
     <t>This is Not an Advertisement [Wallpaper]</t>
   </si>
   <si>
     <t>The Limousine Project [Wallpaper]</t>
   </si>
   <si>
     <t>Arte ⇄ Vida [Wallpaper]</t>
   </si>
   <si>
     <t>Cadaqués - Canal Local (PUNT D'INFORMACIÓ)</t>
   </si>
   <si>
     <t>Cadaqués</t>
   </si>
   <si>
     <t>On Translation: Die Stadt [Wallpaper]</t>
   </si>
   <si>
     <t>Graz, Barcelona, Francia</t>
   </si>
   <si>
     <t>Alphaville e outros</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
   </si>
   <si>
     <t>Asian Protocols: Cartographies</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>Media Eyes [Wallpaper]</t>
   </si>
   <si>
     <t>haute CULTURE I-II [Wallpaper]</t>
-  </si>
-[...1 lines deleted...]
-    <t>On Translation: The Audience [Wallpaper]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -646,158 +646,158 @@
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
         <v>2011</v>
       </c>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1974</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E11"/>
+      <c r="F11"/>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E12"/>
+        <v>1974</v>
+      </c>
+      <c r="E12">
+        <v>2006</v>
+      </c>
       <c r="F12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>2011</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>2011</v>
       </c>
       <c r="E17"/>
-      <c r="F17"/>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
         <v>2011</v>
       </c>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>