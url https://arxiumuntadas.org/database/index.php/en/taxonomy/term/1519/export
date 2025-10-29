--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -209,50 +209,86 @@
   <si>
     <t>El Diario Vídeo</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>Bill Viola. Espejos de lo invisible</t>
   </si>
   <si>
     <t>Experimental Media</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
+    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
+  </si>
+  <si>
+    <t>Pamplona: video/arte</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Fourth International Open Encounter on Video</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>CAPS/ICI 1981 Traveling Video Festival.</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, San Sebastián, Sevilla</t>
+  </si>
+  <si>
+    <t>Vídeo Art. Comportament Behavior</t>
+  </si>
+  <si>
     <t>Political Advertisement IX 1952-2016</t>
   </si>
   <si>
     <t>Impact. Art Video.Art 74. 8 jours de vidéo.</t>
   </si>
   <si>
     <t>Lausana</t>
   </si>
   <si>
     <t>World-Wide Video Festival Catalogue</t>
   </si>
   <si>
     <t>Hague</t>
   </si>
   <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Art/Vidéo Confrontation 74</t>
   </si>
   <si>
     <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
@@ -287,123 +323,87 @@
   <si>
     <t>Buenos Aires, Paris</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Arte de Video</t>
   </si>
   <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
   </si>
   <si>
     <t>Calgary</t>
   </si>
   <si>
-    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
-[...32 lines deleted...]
-    <t>Vídeo Art. Comportament Behavior</t>
+    <t>Caracas</t>
+  </si>
+  <si>
+    <t>Video Drive-In. 3 programes de vídeo americà</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Estades preparados para a televisión?</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>Diferenzia Video. Rassegna Internazionale del video d'artista</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
   </si>
   <si>
     <t>Lucena Videositiada. I Muestra de Vídeo</t>
   </si>
   <si>
     <t>Lucena</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
-    <t>Caracas</t>
-[...14 lines deleted...]
-    <t>Vídeo, el temps I l'espai</t>
+    <t>Transfer</t>
   </si>
   <si>
     <t>ICI/Maintenant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Transfer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1331,807 +1331,807 @@
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>64</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>65</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="D36">
-        <v>2016</v>
+        <v>1988</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37">
-        <v>1974</v>
+        <v>1981</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>67</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>68</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38">
-        <v>1982</v>
+        <v>1975</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="D39">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>34</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41">
-        <v>1982</v>
+        <v>1981</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="D42">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43">
-        <v>1982</v>
+        <v>1981</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D44">
-        <v>1975</v>
+        <v>2016</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45">
-        <v>1983</v>
+        <v>1974</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="D47">
-        <v>1984</v>
+        <v>1974</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48">
-        <v>1975</v>
+        <v>1974</v>
       </c>
       <c r="E48"/>
-      <c r="F48"/>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49">
-        <v>1987</v>
+        <v>1982</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51">
-        <v>1988</v>
+        <v>1982</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53">
-        <v>1975</v>
+        <v>1983</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>9</v>
+        <v>93</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54">
-        <v>1980</v>
+        <v>1975</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>96</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>97</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E56"/>
-      <c r="F56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>99</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="D57">
-        <v>2007</v>
+        <v>1987</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58">
-        <v>1981</v>
+        <v>1979</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>98</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>75</v>
+        <v>108</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>106</v>
+        <v>34</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>87</v>
+        <v>109</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>112</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>9</v>
+        <v>97</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>114</v>
       </c>
       <c r="B79" t="s">
         <v>36</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1994</v>
+        <v>1975</v>
       </c>
       <c r="E79"/>
-      <c r="F79"/>
+      <c r="F79" t="s">
+        <v>18</v>
+      </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>115</v>
       </c>
       <c r="B80" t="s">
         <v>36</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1975</v>
+        <v>1994</v>
       </c>
       <c r="E80"/>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>