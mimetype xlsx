--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -209,50 +209,56 @@
   <si>
     <t>El Diario Vídeo</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>Bill Viola. Espejos de lo invisible</t>
   </si>
   <si>
     <t>Experimental Media</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
+    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
+  </si>
+  <si>
+    <t>Calgary</t>
+  </si>
+  <si>
     <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Pamplona: video/arte</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>CAPS/ICI 1981 Traveling Video Festival.</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
@@ -317,87 +323,81 @@
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
     <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
   </si>
   <si>
     <t>Buenos Aires, Paris</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Arte de Video</t>
   </si>
   <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
-    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
-[...2 lines deleted...]
-    <t>Calgary</t>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
   <si>
     <t>Video Drive-In. 3 programes de vídeo americà</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Estades preparados para a televisión?</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>Diferenzia Video. Rassegna Internazionale del video d'artista</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
   </si>
   <si>
     <t>Lucena Videositiada. I Muestra de Vídeo</t>
   </si>
   <si>
     <t>Lucena</t>
-  </si>
-[...1 lines deleted...]
-    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Transfer</t>
   </si>
   <si>
     <t>ICI/Maintenant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1334,771 +1334,771 @@
       <c r="A35" t="s">
         <v>64</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>65</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>68</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39">
-        <v>1980</v>
+        <v>1975</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>72</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41">
-        <v>1981</v>
+        <v>1979</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="D42">
-        <v>2007</v>
+        <v>1981</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>75</v>
+      </c>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" t="s">
         <v>76</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43">
-        <v>1981</v>
+        <v>2007</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="D44">
-        <v>2016</v>
+        <v>1981</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D45">
-        <v>1974</v>
+        <v>2016</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>80</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46">
-        <v>1982</v>
+        <v>1974</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>81</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>82</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="D47">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>84</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="D48">
         <v>1974</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49">
-        <v>1982</v>
+        <v>1974</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>87</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>88</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>89</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51">
-        <v>1982</v>
+        <v>1975</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>90</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>91</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53">
-        <v>1983</v>
+        <v>1975</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>94</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54">
-        <v>1975</v>
+        <v>1983</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>95</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>96</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55">
-        <v>1984</v>
+        <v>1975</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>97</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56">
-        <v>1975</v>
+        <v>1984</v>
       </c>
       <c r="E56"/>
-      <c r="F56"/>
+      <c r="F56" t="s">
+        <v>99</v>
+      </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57">
-        <v>1987</v>
+        <v>1975</v>
       </c>
       <c r="E57"/>
-      <c r="F57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F57"/>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>101</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58">
-        <v>1979</v>
+        <v>1987</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>102</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>101</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>102</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>105</v>
+        <v>66</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>66</v>
+        <v>105</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>106</v>
+        <v>68</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>107</v>
+        <v>69</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>68</v>
+        <v>109</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>78</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>80</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>81</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>88</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>90</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>112</v>
+        <v>15</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>114</v>
       </c>
       <c r="B79" t="s">
         <v>36</v>
       </c>
       <c r="C79"/>
       <c r="D79">
         <v>1975</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>18</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>115</v>
       </c>
       <c r="B80" t="s">