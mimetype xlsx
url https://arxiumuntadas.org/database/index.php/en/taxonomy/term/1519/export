--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -209,50 +209,101 @@
   <si>
     <t>El Diario Vídeo</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>Bill Viola. Espejos de lo invisible</t>
   </si>
   <si>
     <t>Experimental Media</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
+    <t>Art/Vidéo Confrontation 74</t>
+  </si>
+  <si>
+    <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
+  </si>
+  <si>
+    <t>Nápoles</t>
+  </si>
+  <si>
+    <t>Artist' Video Tapes</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>9e biennale de paris</t>
+  </si>
+  <si>
+    <t>Vanguardia y últimas tendencias. [Programa Video]</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Paris</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Bolonia</t>
+  </si>
+  <si>
+    <t>Arte de Video</t>
+  </si>
+  <si>
+    <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
+  </si>
+  <si>
+    <t>Terrassa</t>
+  </si>
+  <si>
     <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
   </si>
   <si>
     <t>Calgary</t>
   </si>
   <si>
     <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Pamplona: video/arte</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
   </si>
   <si>
     <t>Venecia</t>
@@ -272,132 +323,81 @@
   <si>
     <t>Vídeo Art. Comportament Behavior</t>
   </si>
   <si>
     <t>Political Advertisement IX 1952-2016</t>
   </si>
   <si>
     <t>Impact. Art Video.Art 74. 8 jours de vidéo.</t>
   </si>
   <si>
     <t>Lausana</t>
   </si>
   <si>
     <t>World-Wide Video Festival Catalogue</t>
   </si>
   <si>
     <t>Hague</t>
   </si>
   <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
-    <t>Art/Vidéo Confrontation 74</t>
-[...47 lines deleted...]
-    <t>Terrassa</t>
+    <t>Diferenzia Video. Rassegna Internazionale del video d'artista</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
+  </si>
+  <si>
+    <t>Lucena Videositiada. I Muestra de Vídeo</t>
+  </si>
+  <si>
+    <t>Lucena</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
   <si>
     <t>Video Drive-In. 3 programes de vídeo americà</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Estades preparados para a televisión?</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai</t>
-  </si>
-[...10 lines deleted...]
-    <t>Lucena</t>
   </si>
   <si>
     <t>Transfer</t>
   </si>
   <si>
     <t>ICI/Maintenant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1334,771 +1334,771 @@
       <c r="A35" t="s">
         <v>64</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>65</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36">
-        <v>1979</v>
+        <v>1974</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37">
-        <v>1988</v>
+        <v>1982</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>68</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>69</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>70</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40">
-        <v>1980</v>
+        <v>1975</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="D43">
-        <v>2007</v>
+        <v>1984</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E44"/>
-      <c r="F44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F44"/>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="D45">
-        <v>2016</v>
+        <v>1987</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="D48">
-        <v>1974</v>
+        <v>1981</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50">
-        <v>1982</v>
+        <v>1980</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>89</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>90</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>91</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52">
-        <v>1982</v>
+        <v>1981</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>92</v>
+      </c>
+      <c r="B53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" t="s">
         <v>93</v>
       </c>
-      <c r="B53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D53">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54">
-        <v>1983</v>
+        <v>1981</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>96</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D55">
-        <v>1975</v>
+        <v>2016</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56">
-        <v>1984</v>
+        <v>1974</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="E57"/>
-      <c r="F57"/>
+      <c r="F57" t="s">
+        <v>100</v>
+      </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>101</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="D58">
-        <v>1987</v>
+        <v>1974</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>65</v>
+        <v>103</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>106</v>
+        <v>69</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>107</v>
+        <v>72</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>80</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>81</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>82</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>83</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>89</v>
+        <v>111</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>114</v>
       </c>
       <c r="B79" t="s">
         <v>36</v>
       </c>
       <c r="C79"/>
       <c r="D79">
         <v>1975</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>18</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>115</v>
       </c>
       <c r="B80" t="s">