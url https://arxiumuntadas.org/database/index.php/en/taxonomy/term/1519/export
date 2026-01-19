--- v3 (2025-12-11)
+++ v4 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Videoarte" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>2a Muestra Euroamericana de Video y Arte Digital</t>
   </si>
   <si>
@@ -131,50 +131,53 @@
   <si>
     <t>Video [Avalanche; Summer 1972]</t>
   </si>
   <si>
     <t>Rumbles Rumbles Rumbles</t>
   </si>
   <si>
     <t>Taller de trabajo con videotape en grupos</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Participación Muestras Vídeo</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>The video distribution [Actividad 67]</t>
   </si>
   <si>
     <t>9e biennale de Paris [Actividad 72]</t>
   </si>
   <si>
+    <t>Sessions informatives i de treball a l'entorn del vídeo</t>
+  </si>
+  <si>
     <t>Sessions informatives I de treball a l'entorn del vídeo</t>
   </si>
   <si>
     <t>Heterogeneity and Allienation</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Émergence de l'art vidéo en Europe [Carpeta de trabajo]</t>
   </si>
   <si>
     <t>Compilación, Epistolario</t>
   </si>
   <si>
     <t>Talking Back to the Media - Video Presentaties</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>UbuWeb - Skip Blumberg - Nam June Paik: Lessons from the video master (2006)</t>
@@ -209,50 +212,62 @@
   <si>
     <t>El Diario Vídeo</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>Bill Viola. Espejos de lo invisible</t>
   </si>
   <si>
     <t>Experimental Media</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
+    <t>World-Wide Video Festival Catalogue</t>
+  </si>
+  <si>
+    <t>Hague</t>
+  </si>
+  <si>
+    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
     <t>Art/Vidéo Confrontation 74</t>
   </si>
   <si>
     <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
   </si>
   <si>
     <t>Nápoles</t>
   </si>
   <si>
     <t>Artist' Video Tapes</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
   </si>
   <si>
     <t>Almada</t>
   </si>
   <si>
     <t>9e biennale de paris</t>
   </si>
   <si>
     <t>Vanguardia y últimas tendencias. [Programa Video]</t>
@@ -311,99 +326,87 @@
   <si>
     <t>CAPS/ICI 1981 Traveling Video Festival.</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Barcelona, Granada, San Sebastián, Sevilla</t>
   </si>
   <si>
     <t>Vídeo Art. Comportament Behavior</t>
   </si>
   <si>
     <t>Political Advertisement IX 1952-2016</t>
   </si>
   <si>
     <t>Impact. Art Video.Art 74. 8 jours de vidéo.</t>
   </si>
   <si>
     <t>Lausana</t>
   </si>
   <si>
-    <t>World-Wide Video Festival Catalogue</t>
-[...10 lines deleted...]
-  <si>
     <t>Diferenzia Video. Rassegna Internazionale del video d'artista</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
   </si>
   <si>
     <t>Lucena Videositiada. I Muestra de Vídeo</t>
   </si>
   <si>
     <t>Lucena</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
   <si>
     <t>Video Drive-In. 3 programes de vídeo americà</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Estades preparados para a televisión?</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
+    <t>ICI/Maintenant</t>
+  </si>
+  <si>
     <t>Transfer</t>
-  </si>
-[...1 lines deleted...]
-    <t>ICI/Maintenant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1034,1104 +1037,1104 @@
         <v>1975</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>25</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>36</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>1976</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D20">
         <v>1987</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D21">
         <v>2018</v>
       </c>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D22">
         <v>1985</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D23">
         <v>2006</v>
       </c>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
         <v>1981</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>18</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D26">
         <v>1979</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>36</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>1977</v>
       </c>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>25</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>26</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D29">
         <v>1982</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>26</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>26</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31"/>
       <c r="D31">
         <v>2019</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32">
         <v>1987</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34">
         <v>1983</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>34</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D37">
-        <v>1982</v>
+        <v>1974</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38">
-        <v>1975</v>
+        <v>1974</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39">
         <v>1982</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40">
         <v>1975</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41">
-        <v>1983</v>
+        <v>1982</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42">
         <v>1975</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43">
-        <v>1984</v>
+        <v>1983</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44">
         <v>1975</v>
       </c>
       <c r="E44"/>
-      <c r="F44"/>
+      <c r="F44" t="s">
+        <v>81</v>
+      </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="E46"/>
-      <c r="F46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47">
-        <v>1988</v>
+        <v>1987</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>63</v>
+        <v>86</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48">
-        <v>1981</v>
+        <v>1979</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49">
-        <v>1975</v>
+        <v>1988</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>34</v>
+        <v>91</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52">
-        <v>1981</v>
+        <v>1980</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="D53">
-        <v>2007</v>
+        <v>1979</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54">
         <v>1981</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="D55">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56">
-        <v>1974</v>
+        <v>1981</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="D57">
-        <v>1982</v>
+        <v>2016</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="D58">
         <v>1974</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>103</v>
+        <v>70</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>104</v>
+        <v>73</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>72</v>
+        <v>105</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>105</v>
+        <v>77</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>106</v>
+        <v>15</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>108</v>
+        <v>83</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>110</v>
+        <v>88</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>34</v>
+        <v>113</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B79" t="s">
         <v>36</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1975</v>
+        <v>1994</v>
       </c>
       <c r="E79"/>
-      <c r="F79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F79"/>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B80" t="s">
         <v>36</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1994</v>
+        <v>1975</v>
       </c>
       <c r="E80"/>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>18</v>
+      </c>
       <c r="G80"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>