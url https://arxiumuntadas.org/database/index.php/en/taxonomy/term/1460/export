--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -92,69 +92,69 @@
   <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Libros de artistas</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>16ª Bienal de São Paulo</t>
+  </si>
+  <si>
+    <t>...Fuera de Formato</t>
+  </si>
+  <si>
+    <t>La imatge de l'Animal. Art prehistoric. Art contemporani</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>4e Semaine Internationale de Vidéo</t>
+  </si>
+  <si>
+    <t>Saint - Gervais Genève</t>
+  </si>
+  <si>
     <t>Contemporary Spanish Prints</t>
-  </si>
-[...16 lines deleted...]
-    <t>Saint - Gervais Genève</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -626,141 +626,141 @@
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8">
         <v>1982</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="G15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>