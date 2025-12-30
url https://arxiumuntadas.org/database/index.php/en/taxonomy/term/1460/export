--- v1 (2025-12-10)
+++ v2 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Arte contemporáneo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Dialecto CA2M</t>
   </si>
   <si>
@@ -83,78 +83,81 @@
   <si>
     <t>Lleida</t>
   </si>
   <si>
     <t>H.10 Els nombres i les coses</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
-    <t>Libros de artistas</t>
+    <t>Libros de artistas [Catálogo]</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Contemporary Spanish Prints</t>
+  </si>
+  <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
-    <t>...Fuera de Formato</t>
+    <t>Fuera de Formato</t>
+  </si>
+  <si>
+    <t>Libros de artistas [Exposición]</t>
   </si>
   <si>
     <t>La imatge de l'Animal. Art prehistoric. Art contemporani</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>4e Semaine Internationale de Vidéo</t>
   </si>
   <si>
     <t>Saint - Gervais Genève</t>
-  </si>
-[...1 lines deleted...]
-    <t>Contemporary Spanish Prints</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -626,141 +629,141 @@
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8">
         <v>1982</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>