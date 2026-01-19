--- v2 (2025-12-30)
+++ v3 (2026-01-19)
@@ -92,72 +92,72 @@
   <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Libros de artistas [Catálogo]</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Fuera de Formato</t>
+  </si>
+  <si>
+    <t>Libros de artistas [Exposición]</t>
+  </si>
+  <si>
+    <t>La imatge de l'Animal. Art prehistoric. Art contemporani</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>4e Semaine Internationale de Vidéo</t>
+  </si>
+  <si>
+    <t>Saint - Gervais Genève</t>
+  </si>
+  <si>
     <t>Contemporary Spanish Prints</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
-  </si>
-[...16 lines deleted...]
-    <t>Saint - Gervais Genève</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -620,150 +620,150 @@
         <v>22</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8">
         <v>1982</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>