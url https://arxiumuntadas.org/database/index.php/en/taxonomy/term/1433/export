--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -188,81 +188,81 @@
   <si>
     <t>Trasformazione / Alchimia / Artificio</t>
   </si>
   <si>
     <t>Trasformazione / Alchimia / Artificio. Presentazione dei progetti realizzati durante il Laboratorio Arti visive 1, Antoni Muntadas</t>
   </si>
   <si>
     <t>Reflexiones sobre la metodología del proyecto</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Public Lecture Series 2019: Muntadas, The Project Methodology</t>
   </si>
   <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Muntadas. Metodologia del proyecto. Idea y producción.</t>
   </si>
   <si>
     <t>MONOS #4</t>
   </si>
   <si>
+    <t>La Metodologia del Progetto</t>
+  </si>
+  <si>
+    <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
     <t>Il Museo immaginario : Laboratorio di Arti Visive 1/2010</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Ulaanbaatar</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
   </si>
   <si>
     <t>Charla, Invitación, Programa de evento</t>
   </si>
   <si>
     <t>Muntadas. Entre/Between</t>
   </si>
   <si>
     <t>Vancouver</t>
-  </si>
-[...7 lines deleted...]
-    <t>Flyer, Taller</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1071,150 +1071,150 @@
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29">
         <v>2013</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
         <v>60</v>
       </c>
       <c r="D31">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="D32">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D33">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>65</v>
+      </c>
+      <c r="B34" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" t="s">
         <v>66</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="D35">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>