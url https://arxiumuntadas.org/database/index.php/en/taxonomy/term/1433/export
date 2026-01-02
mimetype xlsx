--- v2 (2025-12-08)
+++ v3 (2026-01-02)
@@ -188,81 +188,81 @@
   <si>
     <t>Trasformazione / Alchimia / Artificio</t>
   </si>
   <si>
     <t>Trasformazione / Alchimia / Artificio. Presentazione dei progetti realizzati durante il Laboratorio Arti visive 1, Antoni Muntadas</t>
   </si>
   <si>
     <t>Reflexiones sobre la metodología del proyecto</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Public Lecture Series 2019: Muntadas, The Project Methodology</t>
   </si>
   <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Muntadas. Metodologia del proyecto. Idea y producción.</t>
   </si>
   <si>
     <t>MONOS #4</t>
   </si>
   <si>
+    <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
+    <t>Il Museo immaginario : Laboratorio di Arti Visive 1/2010</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Charla, Flyer</t>
+  </si>
+  <si>
+    <t>Ulaanbaatar</t>
+  </si>
+  <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
   </si>
   <si>
     <t>Charla, Invitación, Programa de evento</t>
   </si>
   <si>
-    <t>Ulaanbaatar</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas. Entre/Between</t>
   </si>
   <si>
-    <t>Charla, Flyer</t>
-[...1 lines deleted...]
-  <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>La Metodologia del Progetto</t>
-  </si>
-[...10 lines deleted...]
-    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1071,150 +1071,150 @@
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29">
         <v>2013</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
         <v>59</v>
       </c>
       <c r="D30">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="D31">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D32">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>64</v>
+      </c>
+      <c r="B33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" t="s">
         <v>65</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D34">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="D35">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>