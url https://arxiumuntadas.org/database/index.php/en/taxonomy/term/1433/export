--- v3 (2026-01-02)
+++ v4 (2026-01-23)
@@ -188,81 +188,81 @@
   <si>
     <t>Trasformazione / Alchimia / Artificio</t>
   </si>
   <si>
     <t>Trasformazione / Alchimia / Artificio. Presentazione dei progetti realizzati durante il Laboratorio Arti visive 1, Antoni Muntadas</t>
   </si>
   <si>
     <t>Reflexiones sobre la metodología del proyecto</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Public Lecture Series 2019: Muntadas, The Project Methodology</t>
   </si>
   <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Muntadas. Metodologia del proyecto. Idea y producción.</t>
   </si>
   <si>
     <t>MONOS #4</t>
   </si>
   <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Charla, Flyer</t>
+  </si>
+  <si>
+    <t>Ulaanbaatar</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
+  </si>
+  <si>
+    <t>Charla, Invitación, Programa de evento</t>
+  </si>
+  <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>La Metodologia del Progetto</t>
+  </si>
+  <si>
     <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Il Museo immaginario : Laboratorio di Arti Visive 1/2010</t>
-  </si>
-[...22 lines deleted...]
-    <t>La Metodologia del Progetto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1071,146 +1071,146 @@
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29">
         <v>2013</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
         <v>59</v>
       </c>
       <c r="D30">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D31">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D32">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="D33">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D34">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>