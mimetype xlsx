--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -218,66 +218,66 @@
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>Vanguardia y últimas tendencias. [Programa Video]</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Nuevas Tecnologías en la Vida Cultural Española</t>
   </si>
   <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
   </si>
   <si>
     <t>Estades preparados para a televisión?</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
     <t>Video entre l'art I la comunició. Sèries Informatives 1.</t>
-  </si>
-[...1 lines deleted...]
-    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Proyecto. Colegio Arquitectos</t>
   </si>
   <si>
     <t>The Last Ten Minutes I</t>
   </si>
   <si>
     <t>Doppio Senso: Spettato-Re Osservato o Speculazione Voyeuristica</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1231,135 +1231,135 @@
         <v>55</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>67</v>
       </c>
       <c r="D35">
         <v>1974</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>17</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="B36" t="s">
         <v>37</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B38" t="s">
         <v>37</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
         <v>37</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="B40" t="s">
         <v>37</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>73</v>
       </c>
       <c r="B41" t="s">
         <v>37</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>28</v>
       </c>
       <c r="C42"/>
       <c r="D42">
         <v>1971</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>17</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>75</v>
       </c>
       <c r="B43" t="s">