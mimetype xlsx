--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -188,96 +188,96 @@
   <si>
     <t>Antonio Muntadas, en HARTISIMO</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>T.V. Tactics. Work engaged in a dialogue with broadcast T.V.</t>
   </si>
   <si>
     <t>Videotapes recientes de: Skip Blumberg, Chip Lorg, Muntadas</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Euro Video Tour. Madrid, París, Barcelona, Zurich, Amsterdam, Roma. Skip Blumberg, Chip Lord, Muntadas</t>
   </si>
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
+    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
     <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
   </si>
   <si>
     <t>Mediated Narratives</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>Vanguardia y últimas tendencias. [Programa Video]</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Nuevas Tecnologías en la Vida Cultural Española</t>
   </si>
   <si>
-    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
-[...2 lines deleted...]
-    <t>Flyer, Taller</t>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1.</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
   </si>
   <si>
     <t>Estades preparados para a televisión?</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
-  </si>
-[...1 lines deleted...]
-    <t>Video entre l'art I la comunició. Sèries Informatives 1.</t>
   </si>
   <si>
     <t>Proyecto. Colegio Arquitectos</t>
   </si>
   <si>
     <t>The Last Ten Minutes I</t>
   </si>
   <si>
     <t>Doppio Senso: Spettato-Re Osservato o Speculazione Voyeuristica</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1123,243 +1123,243 @@
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>26</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>55</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="D30">
-        <v>1978</v>
+        <v>1974</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>17</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>30</v>
       </c>
       <c r="D31">
-        <v>1982</v>
+        <v>1978</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>30</v>
       </c>
       <c r="D32">
-        <v>1983</v>
+        <v>1982</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>62</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>63</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>30</v>
       </c>
       <c r="D33">
-        <v>1984</v>
+        <v>1983</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>64</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>65</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D34">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D35">
-        <v>1974</v>
+        <v>1985</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>37</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>69</v>
       </c>
       <c r="B38" t="s">
         <v>37</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>70</v>
       </c>
       <c r="B39" t="s">
         <v>37</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B40" t="s">
         <v>37</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>73</v>
       </c>
       <c r="B41" t="s">
         <v>37</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>28</v>
       </c>
       <c r="C42"/>
       <c r="D42">
         <v>1971</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>17</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>75</v>
       </c>
       <c r="B43" t="s">