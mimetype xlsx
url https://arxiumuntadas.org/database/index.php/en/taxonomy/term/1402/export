--- v2 (2025-11-18)
+++ v3 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TV y videoarte" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>From Barcelona to Boston</t>
   </si>
   <si>
@@ -188,96 +188,93 @@
   <si>
     <t>Antonio Muntadas, en HARTISIMO</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>T.V. Tactics. Work engaged in a dialogue with broadcast T.V.</t>
   </si>
   <si>
     <t>Videotapes recientes de: Skip Blumberg, Chip Lorg, Muntadas</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Euro Video Tour. Madrid, París, Barcelona, Zurich, Amsterdam, Roma. Skip Blumberg, Chip Lord, Muntadas</t>
   </si>
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
+  </si>
+  <si>
+    <t>Mediated Narratives</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
+  </si>
+  <si>
+    <t>Vanguardia y últimas tendencias. [Programa Video]</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Bolonia</t>
+  </si>
+  <si>
+    <t>Nuevas Tecnologías en la Vida Cultural Española</t>
+  </si>
+  <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
-    <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
-[...23 lines deleted...]
-    <t>Video entre l'art I la comunició. Sèries Informatives 1.</t>
+    <t>Estades preparados para a televisión?</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
-  </si>
-[...7 lines deleted...]
-    <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
     <t>Proyecto. Colegio Arquitectos</t>
   </si>
   <si>
     <t>The Last Ten Minutes I</t>
   </si>
   <si>
     <t>Doppio Senso: Spettato-Re Osservato o Speculazione Voyeuristica</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1123,300 +1120,300 @@
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>26</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>55</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="D30">
-        <v>1974</v>
+        <v>1978</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>17</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>30</v>
       </c>
       <c r="D31">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>30</v>
       </c>
       <c r="D32">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>62</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>63</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>30</v>
       </c>
       <c r="D33">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>64</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>65</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D34">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" t="s">
+        <v>8</v>
+      </c>
+      <c r="C35" t="s">
         <v>67</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35">
-        <v>1985</v>
+        <v>1974</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>37</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>37</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>37</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>71</v>
       </c>
       <c r="B40" t="s">
         <v>37</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B41" t="s">
         <v>37</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B42" t="s">
         <v>28</v>
       </c>
       <c r="C42"/>
       <c r="D42">
         <v>1971</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>17</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B43" t="s">
         <v>28</v>
       </c>
       <c r="C43"/>
       <c r="D43">
         <v>1975</v>
       </c>
       <c r="E43">
         <v>1976</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B44" t="s">
         <v>28</v>
       </c>
       <c r="C44"/>
       <c r="D44">
         <v>1991</v>
       </c>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B45" t="s">
         <v>28</v>
       </c>
       <c r="C45"/>
       <c r="D45">
         <v>1995</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>34</v>
       </c>
       <c r="G45"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>