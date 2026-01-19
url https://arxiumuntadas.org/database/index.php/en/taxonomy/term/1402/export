--- v3 (2025-12-30)
+++ v4 (2026-01-19)
@@ -218,63 +218,63 @@
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>Vanguardia y últimas tendencias. [Programa Video]</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Nuevas Tecnologías en la Vida Cultural Española</t>
   </si>
   <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV.Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
+  </si>
+  <si>
     <t>Estades preparados para a televisión?</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
-  </si>
-[...4 lines deleted...]
-    <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
   </si>
   <si>
     <t>Proyecto. Colegio Arquitectos</t>
   </si>
   <si>
     <t>The Last Ten Minutes I</t>
   </si>
   <si>
     <t>Doppio Senso: Spettato-Re Osservato o Speculazione Voyeuristica</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1237,126 +1237,126 @@
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>67</v>
       </c>
       <c r="D35">
         <v>1974</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>17</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>37</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="B38" t="s">
         <v>37</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="B39" t="s">
         <v>37</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="B40" t="s">
         <v>37</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="B41" t="s">
         <v>37</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>73</v>
       </c>
       <c r="B42" t="s">
         <v>28</v>
       </c>
       <c r="C42"/>
       <c r="D42">
         <v>1971</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>17</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>74</v>
       </c>
       <c r="B43" t="s">