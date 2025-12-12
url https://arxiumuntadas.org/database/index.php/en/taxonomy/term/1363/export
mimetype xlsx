--- v0 (2025-10-09)
+++ v1 (2025-12-12)
@@ -647,75 +647,75 @@
         <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10">
         <v>1999</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>20</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>1972</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>