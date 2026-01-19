--- v0 (2025-10-08)
+++ v1 (2026-01-19)
@@ -164,50 +164,65 @@
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>Miratges. De la postfotografia al ciberespai [Disquette]</t>
   </si>
   <si>
     <t>MONOS #4</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Kje?</t>
   </si>
   <si>
     <t>Liubliana</t>
   </si>
   <si>
+    <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
+  </si>
+  <si>
+    <t>9è Journées Internationales de la Photo et de l' Audiovisuel de Montepellier 1988</t>
+  </si>
+  <si>
+    <t>Montpellier</t>
+  </si>
+  <si>
+    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
+  </si>
+  <si>
+    <t>Tolosa</t>
+  </si>
+  <si>
     <t>Rhetorical Image</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Images pour la lutte contre le sida</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>CAPS/ICI 1981 Traveling Video Festival.</t>
   </si>
   <si>
     <t>El teléfono en la fotografía</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
@@ -222,65 +237,50 @@
     <t>World-Wide Video Festival Catalogue</t>
   </si>
   <si>
     <t>Hague</t>
   </si>
   <si>
     <t>404 object not found</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>Ars electronica. Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
   </si>
   <si>
     <t>Linz</t>
   </si>
   <si>
     <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>Virreina, els dilluns de vídeo. 60 Cintes representatives de l'evolució del vídeo de creació.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Tolosa</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Columbus (OH)</t>
   </si>
   <si>
     <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -972,319 +972,319 @@
       </c>
       <c r="B19" t="s">
         <v>36</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>2014</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>50</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>42</v>
       </c>
       <c r="D20">
-        <v>1990</v>
+        <v>1985</v>
       </c>
       <c r="E20"/>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>51</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>42</v>
       </c>
       <c r="D21">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>42</v>
       </c>
       <c r="D22">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>42</v>
       </c>
       <c r="D23">
-        <v>1981</v>
+        <v>1990</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>37</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>56</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>42</v>
       </c>
       <c r="D24">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>42</v>
       </c>
       <c r="D25">
-        <v>1981</v>
+        <v>1993</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>42</v>
       </c>
       <c r="D26">
-        <v>1994</v>
+        <v>1981</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>42</v>
       </c>
       <c r="D27">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>42</v>
       </c>
       <c r="D28">
-        <v>2006</v>
+        <v>1981</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>42</v>
       </c>
       <c r="D29">
-        <v>1982</v>
+        <v>1994</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="D30">
-        <v>2016</v>
+        <v>1982</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>42</v>
       </c>
       <c r="D31">
-        <v>1984</v>
+        <v>2006</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>42</v>
       </c>
       <c r="D32">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="E32"/>
-      <c r="F32"/>
+      <c r="F32" t="s">
+        <v>71</v>
+      </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="D33">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>42</v>
       </c>
       <c r="D34">
-        <v>1988</v>
+        <v>1984</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35"/>
       <c r="D35">
         <v>1983</v>
       </c>
       <c r="E35">
         <v>1993</v>
       </c>
       <c r="F35" t="s">
         <v>76</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>77</v>