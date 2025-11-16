--- v0 (2025-10-09)
+++ v1 (2025-11-16)
@@ -320,129 +320,129 @@
   <si>
     <t>On Translation: Miedo 1 - 2</t>
   </si>
   <si>
     <t>Moratorium Dam Rans Work</t>
   </si>
   <si>
     <t>Circuito Abierto / Circuito Cerrado</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
+    <t>Actividades I-II-III</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Artist' Video Tapes</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Paris</t>
+  </si>
+  <si>
+    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
+  </si>
+  <si>
+    <t>Calgary</t>
+  </si>
+  <si>
     <t>Pamplona: video/arte</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
     <t>Vídeo Art. Comportament Behavior</t>
   </si>
   <si>
     <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
-    <t>Actividades I-II-III</t>
-[...20 lines deleted...]
-    <t>Calgary</t>
+    <t>Wet and Dry</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico “Le Monde”</t>
+  </si>
+  <si>
+    <t>Yesterday / Today / Tomorrow</t>
+  </si>
+  <si>
+    <t>Portraits</t>
+  </si>
+  <si>
+    <t>La Siesta / The Nap / Het Dutje</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Buenos Aires</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
   </si>
   <si>
     <t>Acciones liberadoras. Serie Acciones Nº 3</t>
   </si>
   <si>
     <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
-  </si>
-[...19 lines deleted...]
-    <t>Amsterdam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1829,398 +1829,398 @@
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>100</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>2017</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>101</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>102</v>
       </c>
       <c r="B59" t="s">
         <v>11</v>
       </c>
       <c r="C59" t="s">
-        <v>44</v>
+        <v>103</v>
       </c>
       <c r="D59">
-        <v>1981</v>
+        <v>1976</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>104</v>
       </c>
       <c r="B60" t="s">
         <v>11</v>
       </c>
       <c r="C60" t="s">
         <v>44</v>
       </c>
       <c r="D60">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B61" t="s">
         <v>11</v>
       </c>
       <c r="C61" t="s">
         <v>44</v>
       </c>
       <c r="D61">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B62" t="s">
         <v>11</v>
       </c>
       <c r="C62" t="s">
         <v>44</v>
       </c>
       <c r="D62">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B63" t="s">
         <v>11</v>
       </c>
       <c r="C63" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="D63">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B64" t="s">
         <v>11</v>
       </c>
       <c r="C64" t="s">
         <v>44</v>
       </c>
       <c r="D64">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B65" t="s">
         <v>11</v>
       </c>
       <c r="C65" t="s">
         <v>44</v>
       </c>
       <c r="D65">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>114</v>
       </c>
       <c r="B66" t="s">
         <v>11</v>
       </c>
       <c r="C66" t="s">
         <v>44</v>
       </c>
       <c r="D66">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>115</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>116</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2007</v>
+        <v>1981</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>107</v>
+        <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>117</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
+        <v>1984</v>
+      </c>
+      <c r="E68">
         <v>2010</v>
       </c>
-      <c r="E68"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>118</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2009</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E69">
+        <v>2010</v>
+      </c>
+      <c r="F69"/>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>119</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>9</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>120</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1971</v>
-[...3 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="E71"/>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>121</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F72"/>
+        <v>1995</v>
+      </c>
+      <c r="E72"/>
+      <c r="F72" t="s">
+        <v>122</v>
+      </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1981</v>
+        <v>2007</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="E74">
         <v>2010</v>
       </c>
-      <c r="F74"/>
+      <c r="E74"/>
+      <c r="F74" t="s">
+        <v>105</v>
+      </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F75"/>
+        <v>2009</v>
+      </c>
+      <c r="E75"/>
+      <c r="F75" t="s">
+        <v>16</v>
+      </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1978</v>
+        <v>1973</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>1971</v>
+      </c>
+      <c r="E77">
+        <v>2017</v>
+      </c>
       <c r="F77" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E78">
+        <v>2010</v>
+      </c>
+      <c r="F78"/>
       <c r="G78"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>