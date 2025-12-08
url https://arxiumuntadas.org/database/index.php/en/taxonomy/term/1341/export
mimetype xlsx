--- v1 (2025-11-16)
+++ v2 (2025-12-08)
@@ -320,129 +320,129 @@
   <si>
     <t>On Translation: Miedo 1 - 2</t>
   </si>
   <si>
     <t>Moratorium Dam Rans Work</t>
   </si>
   <si>
     <t>Circuito Abierto / Circuito Cerrado</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
+    <t>16ª Bienal de São Paulo. Guia</t>
+  </si>
+  <si>
+    <t>Vídeo Art. Comportament Behavior</t>
+  </si>
+  <si>
+    <t>Fourth International Open Encounter on Video</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
     <t>Actividades I-II-III</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Artist' Video Tapes</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
   </si>
   <si>
     <t>Buenos Aires, Paris</t>
   </si>
   <si>
     <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
   </si>
   <si>
     <t>Calgary</t>
   </si>
   <si>
     <t>Pamplona: video/arte</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
-    <t>16ª Bienal de São Paulo. Guia</t>
-[...8 lines deleted...]
-    <t>Buenos Aires</t>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>En tiempos de crisis</t>
+  </si>
+  <si>
+    <t>Acciones liberadoras. Serie Acciones Nº 3</t>
+  </si>
+  <si>
+    <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
   </si>
   <si>
     <t>Wet and Dry</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico "El País"</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico “Le Monde”</t>
   </si>
   <si>
     <t>Yesterday / Today / Tomorrow</t>
   </si>
   <si>
     <t>Portraits</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Buenos Aires</t>
-  </si>
-[...13 lines deleted...]
-    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1829,398 +1829,398 @@
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>100</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>2017</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>101</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>102</v>
       </c>
       <c r="B59" t="s">
         <v>11</v>
       </c>
       <c r="C59" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="D59">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B60" t="s">
         <v>11</v>
       </c>
       <c r="C60" t="s">
         <v>44</v>
       </c>
       <c r="D60">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B61" t="s">
         <v>11</v>
       </c>
       <c r="C61" t="s">
         <v>44</v>
       </c>
       <c r="D61">
         <v>1975</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B62" t="s">
         <v>11</v>
       </c>
       <c r="C62" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="D62">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B63" t="s">
         <v>11</v>
       </c>
       <c r="C63" t="s">
         <v>44</v>
       </c>
       <c r="D63">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B64" t="s">
         <v>11</v>
       </c>
       <c r="C64" t="s">
         <v>44</v>
       </c>
       <c r="D64">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B65" t="s">
         <v>11</v>
       </c>
       <c r="C65" t="s">
         <v>44</v>
       </c>
       <c r="D65">
-        <v>1981</v>
+        <v>1979</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>113</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>114</v>
       </c>
       <c r="B66" t="s">
         <v>11</v>
       </c>
       <c r="C66" t="s">
         <v>44</v>
       </c>
       <c r="D66">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>115</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>116</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1981</v>
+        <v>2010</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>9</v>
+        <v>109</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>117</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F68"/>
+        <v>2009</v>
+      </c>
+      <c r="E68"/>
+      <c r="F68" t="s">
+        <v>16</v>
+      </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>118</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F69"/>
+        <v>1973</v>
+      </c>
+      <c r="E69"/>
+      <c r="F69" t="s">
+        <v>9</v>
+      </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>119</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>1978</v>
-[...1 lines deleted...]
-      <c r="E70"/>
+        <v>1971</v>
+      </c>
+      <c r="E70">
+        <v>2017</v>
+      </c>
       <c r="F70" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>120</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E71">
+        <v>2010</v>
+      </c>
+      <c r="F71"/>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>121</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1995</v>
+        <v>1981</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>122</v>
+        <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2007</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E73">
+        <v>2010</v>
+      </c>
+      <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
+        <v>1984</v>
+      </c>
+      <c r="E74">
         <v>2010</v>
       </c>
-      <c r="E74"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>2009</v>
+        <v>1978</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1973</v>
+        <v>1995</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1971</v>
-[...3 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="E77"/>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>128</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F78"/>
+        <v>2007</v>
+      </c>
+      <c r="E78"/>
+      <c r="F78" t="s">
+        <v>105</v>
+      </c>
       <c r="G78"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>