--- v2 (2025-12-08)
+++ v3 (2026-01-18)
@@ -320,129 +320,129 @@
   <si>
     <t>On Translation: Miedo 1 - 2</t>
   </si>
   <si>
     <t>Moratorium Dam Rans Work</t>
   </si>
   <si>
     <t>Circuito Abierto / Circuito Cerrado</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
+    <t>Fourth International Open Encounter on Video</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Actividades I-II-III</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Artist' Video Tapes</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Paris</t>
+  </si>
+  <si>
+    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
+  </si>
+  <si>
+    <t>Calgary</t>
+  </si>
+  <si>
+    <t>Pamplona: video/arte</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
     <t>Vídeo Art. Comportament Behavior</t>
   </si>
   <si>
-    <t>Fourth International Open Encounter on Video</t>
-[...32 lines deleted...]
-    <t>Pamplona</t>
+    <t>Acciones liberadoras. Serie Acciones Nº 3</t>
+  </si>
+  <si>
+    <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
+  </si>
+  <si>
+    <t>Wet and Dry</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico “Le Monde”</t>
+  </si>
+  <si>
+    <t>Yesterday / Today / Tomorrow</t>
+  </si>
+  <si>
+    <t>Portraits</t>
+  </si>
+  <si>
+    <t>La Siesta / The Nap / Het Dutje</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Buenos Aires</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
-  </si>
-[...31 lines deleted...]
-    <t>Media Sites / Media Monuments: Buenos Aires</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1832,394 +1832,394 @@
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>2017</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>101</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>102</v>
       </c>
       <c r="B59" t="s">
         <v>11</v>
       </c>
       <c r="C59" t="s">
         <v>44</v>
       </c>
       <c r="D59">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B60" t="s">
         <v>11</v>
       </c>
       <c r="C60" t="s">
-        <v>44</v>
+        <v>105</v>
       </c>
       <c r="D60">
-        <v>1981</v>
+        <v>1976</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B61" t="s">
         <v>11</v>
       </c>
       <c r="C61" t="s">
         <v>44</v>
       </c>
       <c r="D61">
         <v>1975</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B62" t="s">
         <v>11</v>
       </c>
       <c r="C62" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="D62">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>109</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B63" t="s">
         <v>11</v>
       </c>
       <c r="C63" t="s">
         <v>44</v>
       </c>
       <c r="D63">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B64" t="s">
         <v>11</v>
       </c>
       <c r="C64" t="s">
         <v>44</v>
       </c>
       <c r="D64">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B65" t="s">
         <v>11</v>
       </c>
       <c r="C65" t="s">
         <v>44</v>
       </c>
       <c r="D65">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>113</v>
+        <v>88</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B66" t="s">
         <v>11</v>
       </c>
       <c r="C66" t="s">
         <v>44</v>
       </c>
       <c r="D66">
         <v>1981</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>116</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2010</v>
+        <v>1973</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>109</v>
+        <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>117</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="E68"/>
+        <v>1971</v>
+      </c>
+      <c r="E68">
+        <v>2017</v>
+      </c>
       <c r="F68" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>118</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1973</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E69">
+        <v>2010</v>
+      </c>
+      <c r="F69"/>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>119</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>1971</v>
-[...3 lines deleted...]
-      </c>
+        <v>1981</v>
+      </c>
+      <c r="E70"/>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>120</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
         <v>1984</v>
       </c>
       <c r="E71">
         <v>2010</v>
       </c>
       <c r="F71"/>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>121</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1981</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E72">
+        <v>2010</v>
+      </c>
+      <c r="F72"/>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>122</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F73"/>
+        <v>1978</v>
+      </c>
+      <c r="E73"/>
+      <c r="F73" t="s">
+        <v>9</v>
+      </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>123</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F74"/>
+        <v>1995</v>
+      </c>
+      <c r="E74"/>
+      <c r="F74" t="s">
+        <v>76</v>
+      </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>124</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1978</v>
+        <v>1995</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>127</v>
+        <v>107</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>128</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="G78"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>