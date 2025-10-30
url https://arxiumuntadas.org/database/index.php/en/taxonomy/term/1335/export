--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -152,66 +152,66 @@
   <si>
     <t>Muntadas Bs.As.</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Cidade Imaginada / Imagined City</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
     <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Atenção</t>
+  </si>
+  <si>
+    <t>Porto Alegre</t>
+  </si>
+  <si>
     <t>Estamos condenados...</t>
   </si>
   <si>
     <t>Argentina</t>
-  </si>
-[...10 lines deleted...]
-    <t>Porto Alegre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -901,124 +901,124 @@
         <v>42</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>15</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21">
         <v>1975</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25"/>
       <c r="D25">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>1975</v>
+      </c>
+      <c r="E25">
+        <v>1976</v>
+      </c>
       <c r="F25" t="s">
         <v>47</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E26"/>
       <c r="F26" t="s">
         <v>49</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>50</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>2002</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>51</v>
       </c>
       <c r="G27"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>