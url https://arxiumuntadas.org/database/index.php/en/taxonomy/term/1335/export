--- v1 (2025-10-30)
+++ v2 (2025-12-10)
@@ -901,90 +901,90 @@
         <v>42</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>15</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21">
         <v>1975</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25"/>
       <c r="D25">
         <v>1975</v>
       </c>
       <c r="E25">
         <v>1976</v>
       </c>
       <c r="F25" t="s">
         <v>47</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>48</v>