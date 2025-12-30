--- v2 (2025-12-10)
+++ v3 (2025-12-30)
@@ -128,66 +128,66 @@
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable II]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Postal]</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Democracia en obra</t>
   </si>
   <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>Fourth International Open Encounter on Video</t>
+  </si>
+  <si>
     <t>Muntadas Bs.As.</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
-  </si>
-[...10 lines deleted...]
-    <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Atenção</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
     <t>Estamos condenados...</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
@@ -853,129 +853,129 @@
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>15</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>15</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D20">
-        <v>1994</v>
+        <v>1975</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>15</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D21">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>45</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>31</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25"/>
       <c r="D25">
         <v>1975</v>
       </c>
       <c r="E25">
         <v>1976</v>