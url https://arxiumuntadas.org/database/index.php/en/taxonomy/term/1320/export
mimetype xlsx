--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Museo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Das Museum ürberstzen</t>
   </si>
   <si>
@@ -143,108 +143,111 @@
   <si>
     <t>Muntadas: Political Advertisement VIII (2012)</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>Muntadas: Political Advertisment VII [Screening]</t>
   </si>
   <si>
     <t>Muntadas, Warning: Attitudes</t>
   </si>
   <si>
     <t>Saint - Gervais Genève</t>
   </si>
   <si>
     <t>JAC8 (Jovem Arte Contemporânea)</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Rencontres Internationales Paris/Berlin</t>
   </si>
   <si>
+    <t>Paris, Berlín</t>
+  </si>
+  <si>
     <t>Muntadas: Bienal de Curitiba 2020</t>
   </si>
   <si>
     <t>Curitiba</t>
   </si>
   <si>
     <t>Antoni Muntadas: "No soy un gourmet cultural, prefiero que hablen mis obras"</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>El Macba revisa Marclay, Takis i Posenenske</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Ville Musée? Autour du projet City Museum</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>Lección de arte</t>
   </si>
   <si>
+    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>S.M.E.P.</t>
+  </si>
+  <si>
+    <t>City Museum?</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
     <t>Situación 1988</t>
-  </si>
-[...16 lines deleted...]
-    <t>Situación 2011</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -882,253 +885,253 @@
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>12</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>41</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>12</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>12</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21">
         <v>2019</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
         <v>2019</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D23">
         <v>1992</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D24">
         <v>2012</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>12</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>12</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>2011</v>
+        <v>1988</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>