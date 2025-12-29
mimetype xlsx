--- v1 (2025-12-08)
+++ v2 (2025-12-29)
@@ -185,69 +185,69 @@
   <si>
     <t>El Macba revisa Marclay, Takis i Posenenske</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Ville Musée? Autour du projet City Museum</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>Lección de arte</t>
   </si>
   <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>Situación 1988</t>
+  </si>
+  <si>
     <t>Ciutat Museu [Galería del Àngels, 1992]</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>S.M.E.P.</t>
   </si>
   <si>
-    <t>City Museum?</t>
+    <t>City Museum? [New York, 1995]</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Situación 1988</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1019,123 +1019,123 @@
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>12</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>58</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1996</v>
+        <v>1988</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>58</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>58</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>