--- v0 (2025-10-08)
+++ v1 (2025-11-20)
@@ -95,72 +95,72 @@
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>9e biennale de Paris [Actividad 72]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Joan Jonas and Antoni Muntadas featured in 13th Shanghai Biennale</t>
   </si>
   <si>
     <t>Massachusetts (MA)</t>
   </si>
   <si>
     <t>Bodies of Water: The 13th Shanghai Biennale. PHASE 03: AN EXHIBITION.</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>9e biennale de paris</t>
   </si>
   <si>
     <t>B76. La Biennale di Venezia 1976. Settore arti visive e archittetura. Catalogo generale. Volume primo e secondo</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Arteguía 1976 Nº21</t>
   </si>
   <si>
     <t>Madrid</t>
-  </si>
-[...1 lines deleted...]
-    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
     <t>Edge'92</t>
   </si>
   <si>
     <t>Madrid, Londres</t>
   </si>
   <si>
     <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
   </si>
   <si>
     <t>Lyon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -659,140 +659,140 @@
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="D10">
-        <v>2005</v>
+        <v>1979</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>9</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D11">
-        <v>1975</v>
+        <v>2005</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13">
         <v>1976</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>15</v>
       </c>