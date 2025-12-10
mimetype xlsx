--- v1 (2025-11-20)
+++ v2 (2025-12-10)
@@ -95,72 +95,72 @@
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>9e biennale de Paris [Actividad 72]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Joan Jonas and Antoni Muntadas featured in 13th Shanghai Biennale</t>
   </si>
   <si>
     <t>Massachusetts (MA)</t>
   </si>
   <si>
     <t>Bodies of Water: The 13th Shanghai Biennale. PHASE 03: AN EXHIBITION.</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
+    <t>B76. La Biennale di Venezia 1976. Settore arti visive e archittetura. Catalogo generale. Volume primo e secondo</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Arteguía 1976 Nº21</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
     <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
   </si>
   <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>9e biennale de paris</t>
-  </si>
-[...10 lines deleted...]
-    <t>Madrid</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
     <t>Edge'92</t>
   </si>
   <si>
     <t>Madrid, Londres</t>
   </si>
   <si>
     <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
   </si>
   <si>
     <t>Lyon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -662,137 +662,137 @@
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D11">
-        <v>2005</v>
+        <v>1976</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D13">
-        <v>1976</v>
+        <v>2005</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>15</v>
       </c>