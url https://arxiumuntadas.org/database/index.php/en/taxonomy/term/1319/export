--- v2 (2025-12-10)
+++ v3 (2026-01-21)
@@ -95,72 +95,72 @@
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>9e biennale de Paris [Actividad 72]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Joan Jonas and Antoni Muntadas featured in 13th Shanghai Biennale</t>
   </si>
   <si>
     <t>Massachusetts (MA)</t>
   </si>
   <si>
     <t>Bodies of Water: The 13th Shanghai Biennale. PHASE 03: AN EXHIBITION.</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
+    <t>Arteguía 1976 Nº21</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>9e biennale de paris</t>
+  </si>
+  <si>
     <t>B76. La Biennale di Venezia 1976. Settore arti visive e archittetura. Catalogo generale. Volume primo e secondo</t>
   </si>
   <si>
     <t>Valencia</t>
-  </si>
-[...16 lines deleted...]
-    <t>9e biennale de paris</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
     <t>Edge'92</t>
   </si>
   <si>
     <t>Madrid, Londres</t>
   </si>
   <si>
     <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
   </si>
   <si>
     <t>Lyon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -681,118 +681,118 @@
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10">
         <v>1976</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D12">
-        <v>1979</v>
+        <v>2005</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D13">
-        <v>2005</v>
+        <v>1975</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>15</v>
       </c>