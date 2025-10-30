--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -77,99 +77,99 @@
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>Muntadas: tres proyecciones</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Muntadas. Projeto</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Beyond the Bridge</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
     <t>Art Concepte. La década de los setenta en Cataluña.</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>4e Semaine Internationale de Vidéo</t>
   </si>
   <si>
     <t>Saint - Gervais Genève</t>
   </si>
   <si>
     <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>La colección del IVAM. Adquisiciones 1985-1992</t>
   </si>
   <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
     <t>Turnhout</t>
   </si>
   <si>
     <t>Variaciones en Gris</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>New York: nomadic design</t>
   </si>
   <si>
     <t>Coŀlecció d'art de l'avui</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
-  </si>
-[...4 lines deleted...]
-    <t>Amsterdam</t>
   </si>
   <si>
     <t>IV Saló de tardor</t>
   </si>
   <si>
     <t>Igualada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -609,226 +609,226 @@
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
         <v>1992</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11">
         <v>1992</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12">
         <v>1992</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14">
         <v>1993</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="D15">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="D16">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>39</v>
       </c>
       <c r="G17"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>