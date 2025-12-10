--- v1 (2025-10-30)
+++ v2 (2025-12-10)
@@ -77,99 +77,99 @@
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>Muntadas: tres proyecciones</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Muntadas. Projeto</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
     <t>Beyond the Bridge</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>Art Concepte. La década de los setenta en Cataluña.</t>
   </si>
   <si>
     <t>4e Semaine Internationale de Vidéo</t>
   </si>
   <si>
     <t>Saint - Gervais Genève</t>
   </si>
   <si>
     <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>La colección del IVAM. Adquisiciones 1985-1992</t>
   </si>
   <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
     <t>Turnhout</t>
   </si>
   <si>
     <t>Variaciones en Gris</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>New York: nomadic design</t>
-  </si>
-[...4 lines deleted...]
-    <t>Catálogo Colección</t>
   </si>
   <si>
     <t>IV Saló de tardor</t>
   </si>
   <si>
     <t>Igualada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -609,222 +609,222 @@
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
         <v>24</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D10">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D11">
         <v>1992</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D12">
         <v>1992</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D13">
         <v>1992</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D14">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D15">
         <v>1993</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="D16">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>39</v>
       </c>
       <c r="G17"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>