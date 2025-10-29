--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -356,147 +356,147 @@
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>On Translation: Das Museum</t>
+  </si>
+  <si>
+    <t>imPACT05 : Ein interaktives Symposium in 3 Episodien an 3 Tagen / An interactive symposium in 3 episodes in 3 days : Xavier Le Roy (F/D)- Antoni Muntadas (ES/US) - Miranda Penell &amp; John Smith (GB)</t>
+  </si>
+  <si>
+    <t>Essen</t>
+  </si>
+  <si>
+    <t>Disinformation. The Manufacture of consent.</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
+  </si>
+  <si>
+    <t>Folleto, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Madrid, Londres</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
     <t>Muntadas : On Translation: The Audience</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
-    <t>On Translation: Das Museum</t>
-[...56 lines deleted...]
-    <t>Pontevedra</t>
+    <t>Dos Colors</t>
+  </si>
+  <si>
+    <t>On Translation: Warning [1999]</t>
+  </si>
+  <si>
+    <t>On Translation: l'Affiche</t>
+  </si>
+  <si>
+    <t>Atenção</t>
+  </si>
+  <si>
+    <t>Porto Alegre</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
-  </si>
-[...19 lines deleted...]
-    <t>Bruselas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1980,422 +1980,422 @@
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>113</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
         <v>2008</v>
       </c>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>114</v>
       </c>
       <c r="B64" t="s">
         <v>17</v>
       </c>
       <c r="C64" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="D64">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B65" t="s">
         <v>17</v>
       </c>
       <c r="C65" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="D65">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
+        <v>117</v>
+      </c>
+      <c r="B66" t="s">
+        <v>17</v>
+      </c>
+      <c r="C66" t="s">
         <v>118</v>
       </c>
-      <c r="B66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66">
-        <v>1998</v>
+        <v>1985</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>115</v>
+        <v>53</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="B67" t="s">
         <v>17</v>
       </c>
       <c r="C67" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="D67">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B68" t="s">
         <v>17</v>
       </c>
       <c r="C68" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="D68">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D69">
-        <v>1985</v>
+        <v>2016</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>94</v>
+        <v>122</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="D70">
-        <v>2001</v>
+        <v>1991</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>124</v>
       </c>
       <c r="B71" t="s">
         <v>17</v>
       </c>
       <c r="C71" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D71">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B72" t="s">
         <v>17</v>
       </c>
       <c r="C72" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="D72">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B73" t="s">
         <v>17</v>
       </c>
       <c r="C73" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D73">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B74" t="s">
         <v>17</v>
       </c>
       <c r="C74" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D74">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B75" t="s">
         <v>17</v>
       </c>
       <c r="C75" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D75">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B76" t="s">
         <v>17</v>
       </c>
       <c r="C76" t="s">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="D76">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B77" t="s">
         <v>17</v>
       </c>
       <c r="C77" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="D77">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B78" t="s">
         <v>17</v>
       </c>
       <c r="C78" t="s">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="D78">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>139</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2009</v>
+        <v>1979</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>140</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="E80"/>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>141</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>142</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
         <v>2002</v>
       </c>
       <c r="E82"/>
-      <c r="F82"/>
+      <c r="F82" t="s">
+        <v>143</v>
+      </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>146</v>
+        <v>70</v>
       </c>
       <c r="G84"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>