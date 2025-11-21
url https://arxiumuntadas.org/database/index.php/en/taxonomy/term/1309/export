--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -356,123 +356,123 @@
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Madrid, Londres</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience [Folleto]</t>
+  </si>
+  <si>
     <t>On Translation: Das Museum</t>
   </si>
   <si>
     <t>imPACT05 : Ein interaktives Symposium in 3 Episodien an 3 Tagen / An interactive symposium in 3 episodes in 3 days : Xavier Le Roy (F/D)- Antoni Muntadas (ES/US) - Miranda Penell &amp; John Smith (GB)</t>
   </si>
   <si>
     <t>Essen</t>
   </si>
   <si>
     <t>Disinformation. The Manufacture of consent.</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Casinò Fantasma</t>
   </si>
   <si>
     <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
   </si>
   <si>
     <t>Taormina</t>
-  </si>
-[...43 lines deleted...]
-    <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>Dos Colors</t>
   </si>
   <si>
     <t>On Translation: Warning [1999]</t>
   </si>
   <si>
     <t>On Translation: l'Affiche</t>
   </si>
   <si>
     <t>Atenção</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
   </si>
@@ -1980,324 +1980,324 @@
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>113</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
         <v>2008</v>
       </c>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>114</v>
       </c>
       <c r="B64" t="s">
         <v>17</v>
       </c>
       <c r="C64" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="D64">
-        <v>2003</v>
+        <v>1992</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>117</v>
+      </c>
+      <c r="B65" t="s">
+        <v>17</v>
+      </c>
+      <c r="C65" t="s">
         <v>115</v>
       </c>
-      <c r="B65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D65">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B66" t="s">
         <v>17</v>
       </c>
       <c r="C66" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D66">
-        <v>1985</v>
+        <v>1992</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>53</v>
+        <v>120</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="B67" t="s">
         <v>17</v>
       </c>
       <c r="C67" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="D67">
-        <v>2001</v>
+        <v>1995</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B68" t="s">
         <v>17</v>
       </c>
       <c r="C68" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D68">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
-        <v>121</v>
+        <v>84</v>
       </c>
       <c r="D69">
-        <v>2016</v>
+        <v>1999</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="D70">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B71" t="s">
         <v>17</v>
       </c>
       <c r="C71" t="s">
-        <v>118</v>
+        <v>84</v>
       </c>
       <c r="D71">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B72" t="s">
         <v>17</v>
       </c>
       <c r="C72" t="s">
-        <v>118</v>
+        <v>57</v>
       </c>
       <c r="D72">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>127</v>
+        <v>87</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B73" t="s">
         <v>17</v>
       </c>
       <c r="C73" t="s">
-        <v>118</v>
+        <v>84</v>
       </c>
       <c r="D73">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B74" t="s">
         <v>17</v>
       </c>
       <c r="C74" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D74">
-        <v>1995</v>
+        <v>1985</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>131</v>
+        <v>53</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>132</v>
+        <v>94</v>
       </c>
       <c r="B75" t="s">
         <v>17</v>
       </c>
       <c r="C75" t="s">
-        <v>118</v>
+        <v>84</v>
       </c>
       <c r="D75">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>133</v>
+        <v>93</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>134</v>
       </c>
       <c r="B76" t="s">
         <v>17</v>
       </c>
       <c r="C76" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="D76">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>135</v>
+        <v>103</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
+        <v>135</v>
+      </c>
+      <c r="B77" t="s">
+        <v>17</v>
+      </c>
+      <c r="C77" t="s">
         <v>136</v>
       </c>
-      <c r="B77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D77">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>135</v>
+        <v>22</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B78" t="s">
         <v>17</v>
       </c>
       <c r="C78" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="D78">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>139</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
         <v>1979</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>15</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>140</v>
       </c>
       <c r="B80" t="s">