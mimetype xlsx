--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Rojo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Portable monument to anonymous emigrant filipino workers</t>
   </si>
   <si>
@@ -311,192 +311,195 @@
   <si>
     <t>Strasbourg</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Postal]</t>
   </si>
   <si>
     <t>Berkeley (CA)</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Folleto]</t>
   </si>
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT [Adhesivo]</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Punto de Libro]</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Poster]</t>
   </si>
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
     <t>¿Qué hace alguien como tú en un sitio como este?</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience [Folleto]</t>
+  </si>
+  <si>
+    <t>On Translation: Das Museum</t>
+  </si>
+  <si>
+    <t>imPACT05 : Ein interaktives Symposium in 3 Episodien an 3 Tagen / An interactive symposium in 3 episodes in 3 days : Xavier Le Roy (F/D)- Antoni Muntadas (ES/US) - Miranda Penell &amp; John Smith (GB)</t>
+  </si>
+  <si>
+    <t>Essen</t>
+  </si>
+  <si>
+    <t>Disinformation. The Manufacture of consent.</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
+  </si>
+  <si>
+    <t>Folleto, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
     <t>El artista y la ciudad</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Edge'92</t>
   </si>
   <si>
     <t>Madrid, Londres</t>
   </si>
   <si>
     <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
   </si>
   <si>
     <t>Montbéliard</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>Pola Cruz Vermella. 11 artistas españois.</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>Muntadas : On Translation: The Audience</t>
-[...38 lines deleted...]
-    <t>Taormina</t>
+    <t>En tiempos de crisis</t>
   </si>
   <si>
     <t>Dos Colors</t>
   </si>
   <si>
     <t>On Translation: Warning [1999]</t>
   </si>
   <si>
     <t>On Translation: l'Affiche</t>
   </si>
   <si>
     <t>Atenção</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>Bruselas</t>
-  </si>
-[...1 lines deleted...]
-    <t>En tiempos de crisis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -796,51 +799,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G84"/>
+  <dimension ref="A1:G85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="232" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="87" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1794,610 +1797,629 @@
       <c r="E52"/>
       <c r="F52" t="s">
         <v>60</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>98</v>
       </c>
       <c r="B53" t="s">
         <v>17</v>
       </c>
       <c r="C53"/>
       <c r="D53">
         <v>2000</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>60</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>26</v>
+      </c>
+      <c r="B54" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" t="s">
         <v>99</v>
       </c>
-      <c r="B54" t="s">
-[...3 lines deleted...]
-      <c r="D54"/>
+      <c r="D54">
+        <v>2019</v>
+      </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>100</v>
       </c>
       <c r="B55" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C55"/>
-      <c r="D55">
-[...4 lines deleted...]
-      </c>
+      <c r="D55"/>
+      <c r="E55"/>
       <c r="F55" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
         <v>1999</v>
       </c>
       <c r="E56">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="F56" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
         <v>1999</v>
       </c>
       <c r="E57">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="F57" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>1999</v>
       </c>
       <c r="E58">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F58" t="s">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>107</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>1999</v>
       </c>
       <c r="E59">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F59" t="s">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
         <v>1999</v>
       </c>
       <c r="E60">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F60" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>110</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
         <v>1999</v>
       </c>
       <c r="E61">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="F61" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>111</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="E62"/>
+        <v>1999</v>
+      </c>
+      <c r="E62">
+        <v>2011</v>
+      </c>
       <c r="F62" t="s">
-        <v>112</v>
+        <v>15</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E63"/>
-      <c r="F63"/>
+      <c r="F63" t="s">
+        <v>113</v>
+      </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>114</v>
       </c>
       <c r="B64" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C64"/>
       <c r="D64">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E64"/>
-      <c r="F64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B65" t="s">
         <v>17</v>
       </c>
       <c r="C65" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="D65">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B66" t="s">
         <v>17</v>
       </c>
       <c r="C66" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D66">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B67" t="s">
         <v>17</v>
       </c>
       <c r="C67" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="D67">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B68" t="s">
         <v>17</v>
       </c>
       <c r="C68" t="s">
-        <v>115</v>
+        <v>57</v>
       </c>
       <c r="D68">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
         <v>84</v>
       </c>
       <c r="D69">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D70">
-        <v>1999</v>
+        <v>1985</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>126</v>
+        <v>53</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>129</v>
+        <v>94</v>
       </c>
       <c r="B71" t="s">
         <v>17</v>
       </c>
       <c r="C71" t="s">
         <v>84</v>
       </c>
       <c r="D71">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B72" t="s">
         <v>17</v>
       </c>
       <c r="C72" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="D72">
-        <v>2003</v>
+        <v>1990</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B73" t="s">
         <v>17</v>
       </c>
       <c r="C73" t="s">
-        <v>84</v>
+        <v>127</v>
       </c>
       <c r="D73">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>132</v>
+        <v>22</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B74" t="s">
         <v>17</v>
       </c>
       <c r="C74" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="D74">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>94</v>
+        <v>130</v>
       </c>
       <c r="B75" t="s">
         <v>17</v>
       </c>
       <c r="C75" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
       <c r="D75">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>93</v>
+        <v>131</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B76" t="s">
         <v>17</v>
       </c>
       <c r="C76" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="D76">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>103</v>
+        <v>133</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B77" t="s">
         <v>17</v>
       </c>
       <c r="C77" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="D77">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>135</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B78" t="s">
         <v>17</v>
       </c>
       <c r="C78" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="D78">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B79" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C79"/>
+        <v>17</v>
+      </c>
+      <c r="C79" t="s">
+        <v>124</v>
+      </c>
       <c r="D79">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>140</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="E80"/>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>70</v>
+      </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>141</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2002</v>
+        <v>1979</v>
       </c>
       <c r="E81"/>
-      <c r="F81"/>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>142</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E82"/>
-      <c r="F82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E83"/>
-      <c r="F83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F83"/>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>70</v>
+        <v>145</v>
       </c>
       <c r="G84"/>
+    </row>
+    <row r="85" spans="1:7">
+      <c r="A85" t="s">
+        <v>146</v>
+      </c>
+      <c r="B85" t="s">
+        <v>8</v>
+      </c>
+      <c r="C85"/>
+      <c r="D85">
+        <v>2010</v>
+      </c>
+      <c r="E85"/>
+      <c r="F85" t="s">
+        <v>147</v>
+      </c>
+      <c r="G85"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">