--- v3 (2025-12-12)
+++ v4 (2026-01-01)
@@ -107,83 +107,83 @@
   <si>
     <t>Spectacle / Power / Mass Media [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Lisboa</t>
   </si>
   <si>
     <t>RED 红</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>Political Advertisement VIII 1952-2012. Film Screening. Norway [Póster]</t>
   </si>
   <si>
     <t>Trondheim</t>
   </si>
   <si>
     <t>POLITICAL ADVERTISEMENT VIII 1952-2008. Film Screening. Los Angeles Halle/Saale New York Stuttgart Porto [Póster]</t>
   </si>
   <si>
+    <t>Otros materiales de difusión, Poster Exposición Individual</t>
+  </si>
+  <si>
     <t>Los Angeles (CA), Nueva York (NY), Halle/Saale, Stuttgart, Porto / Oporto</t>
   </si>
   <si>
     <t>Muntadas. On Translation : La Ciutat / La Ville / Die Stadt Barcelona Lille Graz [Póster]</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
   <si>
     <t>Muntadas: Projekte (1974 – 2004). On Translation : Erinnerungsräume Neues Museum Weserburg Bremen [Póster]</t>
   </si>
   <si>
     <t>Bremen</t>
   </si>
   <si>
     <t>The Construction of Fear, Amman [Póster]</t>
   </si>
   <si>
     <t>Amman</t>
   </si>
   <si>
     <t>ON TRANSLATION: WARNING / ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ (Warning Rusia) [Póster]</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>WARNING, Attitudes musée d'art et d'histoire [Póster]</t>
   </si>
   <si>
-    <t>Otros materiales de difusión, Poster Exposición Individual</t>
-[...1 lines deleted...]
-  <si>
     <t>Ginebra</t>
   </si>
   <si>
     <t>Muntadas: Two Projects [Póster]</t>
   </si>
   <si>
     <t>Rabat</t>
   </si>
   <si>
     <t>Warning: Perception Requires Involvement</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>On Translation: Warning (Seúl, Total Museum) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>On Translation: Warning (Seúl) [Póster]</t>
   </si>
   <si>
     <t>Antoni_Muntadas. Archives, Traductions, Protocoles [Valence; Póster]</t>
@@ -359,147 +359,147 @@
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
+  </si>
+  <si>
+    <t>Folleto, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Madrid, Londres</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
     <t>Muntadas : On Translation: The Audience</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>On Translation: Das Museum</t>
   </si>
   <si>
     <t>imPACT05 : Ein interaktives Symposium in 3 Episodien an 3 Tagen / An interactive symposium in 3 episodes in 3 days : Xavier Le Roy (F/D)- Antoni Muntadas (ES/US) - Miranda Penell &amp; John Smith (GB)</t>
   </si>
   <si>
     <t>Essen</t>
   </si>
   <si>
     <t>Disinformation. The Manufacture of consent.</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...44 lines deleted...]
-    <t>Pontevedra</t>
+    <t>Dos Colors</t>
+  </si>
+  <si>
+    <t>On Translation: Warning [1999]</t>
+  </si>
+  <si>
+    <t>On Translation: l'Affiche</t>
+  </si>
+  <si>
+    <t>Atenção</t>
+  </si>
+  <si>
+    <t>Porto Alegre</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
-  </si>
-[...19 lines deleted...]
-    <t>Bruselas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1010,146 +1010,146 @@
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10" t="s">
         <v>21</v>
       </c>
       <c r="D10">
         <v>2012</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>17</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="D11">
         <v>2008</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>17</v>
       </c>
       <c r="C12" t="s">
         <v>21</v>
       </c>
       <c r="D12">
         <v>2004</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13" t="s">
         <v>21</v>
       </c>
       <c r="D13">
         <v>2004</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>17</v>
       </c>
       <c r="C14" t="s">
         <v>21</v>
       </c>
       <c r="D14">
         <v>2010</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15" t="s">
         <v>21</v>
       </c>
       <c r="D15">
         <v>2011</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>17</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D16">
         <v>2000</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>21</v>
       </c>
       <c r="D17">
         <v>2010</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
@@ -1996,428 +1996,428 @@
         <v>2013</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>113</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>114</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
         <v>2008</v>
       </c>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="B65" t="s">
         <v>17</v>
       </c>
       <c r="C65" t="s">
         <v>84</v>
       </c>
       <c r="D65">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B66" t="s">
         <v>17</v>
       </c>
       <c r="C66" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D66">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B67" t="s">
         <v>17</v>
       </c>
       <c r="C67" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="D67">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B68" t="s">
         <v>17</v>
       </c>
       <c r="C68" t="s">
-        <v>57</v>
+        <v>116</v>
       </c>
       <c r="D68">
-        <v>2003</v>
+        <v>1991</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>87</v>
+        <v>120</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>121</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="D69">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>122</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>123</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D70">
-        <v>1985</v>
+        <v>1992</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>53</v>
+        <v>124</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>94</v>
+        <v>125</v>
       </c>
       <c r="B71" t="s">
         <v>17</v>
       </c>
       <c r="C71" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="D71">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B72" t="s">
         <v>17</v>
       </c>
       <c r="C72" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D72">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B73" t="s">
         <v>17</v>
       </c>
       <c r="C73" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="D73">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>22</v>
+        <v>130</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B74" t="s">
         <v>17</v>
       </c>
       <c r="C74" t="s">
-        <v>124</v>
+        <v>84</v>
       </c>
       <c r="D74">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B75" t="s">
         <v>17</v>
       </c>
       <c r="C75" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="D75">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B76" t="s">
         <v>17</v>
       </c>
       <c r="C76" t="s">
-        <v>124</v>
+        <v>84</v>
       </c>
       <c r="D76">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B77" t="s">
         <v>17</v>
       </c>
       <c r="C77" t="s">
-        <v>124</v>
+        <v>57</v>
       </c>
       <c r="D77">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>135</v>
+        <v>87</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B78" t="s">
         <v>17</v>
       </c>
       <c r="C78" t="s">
-        <v>124</v>
+        <v>84</v>
       </c>
       <c r="D78">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B79" t="s">
         <v>17</v>
       </c>
       <c r="C79" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D79">
-        <v>1996</v>
+        <v>1985</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>139</v>
+        <v>53</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>140</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2009</v>
+        <v>1979</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>141</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="E81"/>
-      <c r="F81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F81"/>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>142</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>143</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
         <v>2002</v>
       </c>
       <c r="E83"/>
-      <c r="F83"/>
+      <c r="F83" t="s">
+        <v>144</v>
+      </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>147</v>
+        <v>70</v>
       </c>
       <c r="G85"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>