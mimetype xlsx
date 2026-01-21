--- v4 (2026-01-01)
+++ v5 (2026-01-21)
@@ -359,123 +359,123 @@
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Madrid, Londres</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience [Folleto]</t>
+  </si>
+  <si>
+    <t>On Translation: Das Museum</t>
+  </si>
+  <si>
+    <t>imPACT05 : Ein interaktives Symposium in 3 Episodien an 3 Tagen / An interactive symposium in 3 episodes in 3 days : Xavier Le Roy (F/D)- Antoni Muntadas (ES/US) - Miranda Penell &amp; John Smith (GB)</t>
+  </si>
+  <si>
+    <t>Essen</t>
+  </si>
+  <si>
+    <t>Disinformation. The Manufacture of consent.</t>
+  </si>
+  <si>
     <t>Casinò Fantasma</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
-  </si>
-[...61 lines deleted...]
-    <t>Disinformation. The Manufacture of consent.</t>
   </si>
   <si>
     <t>Dos Colors</t>
   </si>
   <si>
     <t>On Translation: Warning [1999]</t>
   </si>
   <si>
     <t>On Translation: l'Affiche</t>
   </si>
   <si>
     <t>Atenção</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
   </si>
@@ -1996,330 +1996,330 @@
         <v>2013</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>113</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>114</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
         <v>2008</v>
       </c>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="B65" t="s">
         <v>17</v>
       </c>
       <c r="C65" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="D65">
-        <v>2001</v>
+        <v>1991</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B66" t="s">
         <v>17</v>
       </c>
       <c r="C66" t="s">
         <v>116</v>
       </c>
       <c r="D66">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B67" t="s">
         <v>17</v>
       </c>
       <c r="C67" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D67">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>22</v>
+        <v>121</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B68" t="s">
         <v>17</v>
       </c>
       <c r="C68" t="s">
         <v>116</v>
       </c>
       <c r="D68">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
         <v>116</v>
       </c>
       <c r="D69">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
         <v>116</v>
       </c>
       <c r="D70">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B71" t="s">
         <v>17</v>
       </c>
       <c r="C71" t="s">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="D71">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B72" t="s">
         <v>17</v>
       </c>
       <c r="C72" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="D72">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B73" t="s">
         <v>17</v>
       </c>
       <c r="C73" t="s">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="D73">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B74" t="s">
         <v>17</v>
       </c>
       <c r="C74" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="D74">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>132</v>
+        <v>87</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B75" t="s">
         <v>17</v>
       </c>
       <c r="C75" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="D75">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B76" t="s">
         <v>17</v>
       </c>
       <c r="C76" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="D76">
-        <v>1998</v>
+        <v>1985</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>136</v>
+        <v>94</v>
       </c>
       <c r="B77" t="s">
         <v>17</v>
       </c>
       <c r="C77" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="D77">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>137</v>
       </c>
       <c r="B78" t="s">
         <v>17</v>
       </c>
       <c r="C78" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="D78">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>138</v>
+        <v>104</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
+        <v>138</v>
+      </c>
+      <c r="B79" t="s">
+        <v>17</v>
+      </c>
+      <c r="C79" t="s">
         <v>139</v>
       </c>
-      <c r="B79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D79">
-        <v>1985</v>
+        <v>2016</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>140</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
         <v>1979</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>15</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>141</v>
       </c>
       <c r="B81" t="s">