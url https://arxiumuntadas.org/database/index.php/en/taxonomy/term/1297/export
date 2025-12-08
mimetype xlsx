--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -89,156 +89,156 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>All'origine di The File Room di Antoni Muntadas: arte, tecnologia e società negli anni Novanta.</t>
   </si>
   <si>
     <t>Tesis de graduación</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Barcelona Vídeo-Activada. Quadern Central núm. 19</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Cien Años de Cultura Catalana 1880-1990</t>
   </si>
   <si>
+    <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
+    <t>Vanguardia y últimas tendencias. [Programa Video]</t>
+  </si>
+  <si>
+    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Inglés]</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>La Imatge de l'Animal. Art Prehistoric. Art Contemporani</t>
+  </si>
+  <si>
+    <t>La colección del IVAM. Adquisiciones 1985-1992</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Catalán]</t>
+  </si>
+  <si>
     <t>Disinformation. The Manufacture of consent.</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea</t>
   </si>
   <si>
     <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
   </si>
   <si>
     <t>Pour la Suite du Monde.</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
     <t>Procesos. Cultura y Nuevas Tecnologías</t>
   </si>
   <si>
     <t>Variaciones en Gris</t>
   </si>
   <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>Les Couleurs de l'Argent</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Video Drive-In. 3 programes de vídeo americà</t>
   </si>
   <si>
-    <t>Valencia</t>
-[...1 lines deleted...]
-  <si>
     <t>Bright Light</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>ARCO '90</t>
   </si>
   <si>
     <t>New York: nomadic design</t>
   </si>
   <si>
     <t>Rhetorical Image</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Español]</t>
   </si>
   <si>
-    <t>Catálogo Individual Muntadas</t>
-[...1 lines deleted...]
-  <si>
     <t>Pierre Restany. Le coeur et la raison.</t>
   </si>
   <si>
     <t>Morlaix</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>...Fuera de Formato</t>
-  </si>
-[...25 lines deleted...]
-    <t>Muntadas. On Translation: Museum [Catalán]</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -731,528 +731,528 @@
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
         <v>1980</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>1985</v>
+        <v>1992</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>1985</v>
+        <v>1983</v>
       </c>
       <c r="E11"/>
-      <c r="F11"/>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
         <v>1992</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" t="s">
         <v>31</v>
       </c>
-      <c r="B13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13">
-        <v>1986</v>
+        <v>2002</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14">
-        <v>1992</v>
+        <v>1984</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D16">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17">
-        <v>1989</v>
+        <v>1985</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19">
-        <v>1990</v>
+        <v>1985</v>
       </c>
       <c r="E19"/>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1990</v>
+        <v>1986</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="D23">
-        <v>2002</v>
+        <v>1987</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>23</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29">
-        <v>1983</v>
+        <v>1990</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="D31">
         <v>2002</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>23</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32">
-        <v>1984</v>
+        <v>1991</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="D34">
-        <v>2002</v>
+        <v>1982</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>62</v>
       </c>
       <c r="C35"/>
       <c r="D35">
         <v>1999</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>63</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>