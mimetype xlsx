--- v1 (2025-12-08)
+++ v2 (2025-12-29)
@@ -194,51 +194,51 @@
   <si>
     <t>New York: nomadic design</t>
   </si>
   <si>
     <t>Rhetorical Image</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Español]</t>
   </si>
   <si>
     <t>Pierre Restany. Le coeur et la raison.</t>
   </si>
   <si>
     <t>Morlaix</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
-    <t>...Fuera de Formato</t>
+    <t>Fuera de Formato</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>