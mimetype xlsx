--- v2 (2025-12-29)
+++ v3 (2026-01-18)
@@ -89,156 +89,156 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>All'origine di The File Room di Antoni Muntadas: arte, tecnologia e società negli anni Novanta.</t>
   </si>
   <si>
     <t>Tesis de graduación</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Barcelona Vídeo-Activada. Quadern Central núm. 19</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Cien Años de Cultura Catalana 1880-1990</t>
   </si>
   <si>
+    <t>Rhetorical Image</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Els límits del museu</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Español]</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Pierre Restany. Le coeur et la raison.</t>
+  </si>
+  <si>
+    <t>Morlaix</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Fuera de Formato</t>
+  </si>
+  <si>
     <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
     <t>Vanguardia y últimas tendencias. [Programa Video]</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Inglés]</t>
   </si>
   <si>
-    <t>Catálogo Individual Muntadas</t>
-[...1 lines deleted...]
-  <si>
     <t>La Imatge de l'Animal. Art Prehistoric. Art Contemporani</t>
   </si>
   <si>
     <t>La colección del IVAM. Adquisiciones 1985-1992</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Catalán]</t>
   </si>
   <si>
     <t>Disinformation. The Manufacture of consent.</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea</t>
   </si>
   <si>
     <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
   </si>
   <si>
     <t>Pour la Suite du Monde.</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
     <t>Procesos. Cultura y Nuevas Tecnologías</t>
   </si>
   <si>
     <t>Variaciones en Gris</t>
   </si>
   <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>Les Couleurs de l'Argent</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Video Drive-In. 3 programes de vídeo americà</t>
   </si>
   <si>
     <t>Bright Light</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>ARCO '90</t>
   </si>
   <si>
     <t>New York: nomadic design</t>
-  </si>
-[...22 lines deleted...]
-    <t>Fuera de Formato</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -731,528 +731,528 @@
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
         <v>1980</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>23</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D11">
-        <v>1983</v>
+        <v>2002</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D13">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15">
         <v>1992</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D16">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>23</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17">
-        <v>1985</v>
+        <v>1983</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18">
         <v>1992</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D19">
-        <v>1985</v>
+        <v>2002</v>
       </c>
       <c r="E19"/>
-      <c r="F19"/>
+      <c r="F19" t="s">
+        <v>23</v>
+      </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20">
-        <v>1992</v>
+        <v>1984</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D22">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23">
-        <v>1987</v>
+        <v>1985</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
         <v>1992</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>1989</v>
+        <v>1985</v>
       </c>
       <c r="E25"/>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F25"/>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>1990</v>
+        <v>1986</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>54</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D31">
-        <v>2002</v>
+        <v>1989</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>62</v>
       </c>
       <c r="C35"/>
       <c r="D35">
         <v>1999</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>63</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>