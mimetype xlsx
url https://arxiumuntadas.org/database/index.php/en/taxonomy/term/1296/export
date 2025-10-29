--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -293,96 +293,96 @@
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
     <t>Ville Musée? Autour du projet City Museum</t>
   </si>
   <si>
     <t>Intervencions a Lleida. Idees i projectes per a una ciutat. [Folleto]</t>
   </si>
   <si>
     <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>Cidade Imaginada / Imagined City</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Lille</t>
+  </si>
+  <si>
+    <t>Lo hecho en México…</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
+    <t>We are Fantastic</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>¡DICHO Y HECHO!</t>
+  </si>
+  <si>
+    <t>Caracas</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>Smelling Areas</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
     <t>Ciutat Museu [Galería del Àngels, 1992]</t>
-  </si>
-[...43 lines deleted...]
-    <t>Double Exposure: Budapest - Almería</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1591,243 +1591,243 @@
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>91</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>92</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>93</v>
       </c>
       <c r="B52" t="s">
         <v>69</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E52"/>
+        <v>1999</v>
+      </c>
+      <c r="E52">
+        <v>2004</v>
+      </c>
       <c r="F52" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B53" t="s">
         <v>69</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="E53">
         <v>2004</v>
       </c>
+      <c r="E53"/>
       <c r="F53" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B54" t="s">
         <v>69</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B55" t="s">
         <v>69</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E55"/>
-      <c r="F55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>100</v>
       </c>
       <c r="B56" t="s">
         <v>69</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>101</v>
       </c>
       <c r="B57" t="s">
         <v>69</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E57"/>
-      <c r="F57"/>
+      <c r="F57" t="s">
+        <v>36</v>
+      </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>102</v>
       </c>
       <c r="B58" t="s">
         <v>69</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>103</v>
       </c>
       <c r="B59" t="s">
         <v>69</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>2013</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B60" t="s">
         <v>69</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E60">
+        <v>2007</v>
+      </c>
+      <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>106</v>
       </c>
       <c r="B61" t="s">
         <v>69</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1998</v>
+        <v>1972</v>
       </c>
       <c r="E61">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F61"/>
+        <v>1974</v>
+      </c>
+      <c r="F61" t="s">
+        <v>24</v>
+      </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>107</v>
       </c>
       <c r="B62" t="s">
         <v>69</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1972</v>
+        <v>1998</v>
       </c>
       <c r="E62">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F62"/>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>108</v>
       </c>
       <c r="B63" t="s">
         <v>69</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F63"/>
+        <v>1992</v>
+      </c>
+      <c r="E63"/>
+      <c r="F63" t="s">
+        <v>47</v>
+      </c>
       <c r="G63"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>