--- v1 (2025-10-29)
+++ v2 (2025-12-29)
@@ -272,117 +272,117 @@
   <si>
     <t>Muntadas. Interconnections¬ Interconnessioni¬ interconexiones¬</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni</t>
   </si>
   <si>
     <t>Cities. 9 microficciones</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>TARGUE de la serie Protocolli Veneziani II</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
+    <t>Ville Musée? Autour du projet City Museum</t>
+  </si>
+  <si>
+    <t>Intervencions a Lleida. Idees i projectes per a una ciutat. [Folleto]</t>
+  </si>
+  <si>
+    <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
-    <t>Ville Musée? Autour du projet City Museum</t>
-[...10 lines deleted...]
-  <si>
     <t>Cidade Imaginada / Imagined City</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
+    <t>Lo hecho en México…</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
+    <t>We are Fantastic</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>¡DICHO Y HECHO!</t>
+  </si>
+  <si>
+    <t>Caracas</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>Smelling Areas</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
+  </si>
+  <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
-  </si>
-[...40 lines deleted...]
-    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1499,334 +1499,334 @@
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>85</v>
       </c>
       <c r="B46" t="s">
         <v>69</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>2014</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>86</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="D47">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>87</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>77</v>
       </c>
       <c r="D48">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>88</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="D49">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="D50">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>91</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>92</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>93</v>
       </c>
       <c r="B52" t="s">
         <v>69</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="E52">
         <v>2004</v>
       </c>
+      <c r="E52"/>
       <c r="F52" t="s">
         <v>94</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>95</v>
       </c>
       <c r="B53" t="s">
         <v>69</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>96</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>97</v>
       </c>
       <c r="B54" t="s">
         <v>69</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E54"/>
-      <c r="F54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B55" t="s">
         <v>69</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B56" t="s">
         <v>69</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E56"/>
-      <c r="F56"/>
+      <c r="F56" t="s">
+        <v>36</v>
+      </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B57" t="s">
         <v>69</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B58" t="s">
         <v>69</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>2013</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>12</v>
+        <v>102</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>103</v>
       </c>
       <c r="B59" t="s">
         <v>69</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E59">
+        <v>2007</v>
+      </c>
+      <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B60" t="s">
         <v>69</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1998</v>
+        <v>1972</v>
       </c>
       <c r="E60">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F60"/>
+        <v>1974</v>
+      </c>
+      <c r="F60" t="s">
+        <v>24</v>
+      </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B61" t="s">
         <v>69</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1972</v>
+        <v>1998</v>
       </c>
       <c r="E61">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F61"/>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B62" t="s">
         <v>69</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F62"/>
+        <v>1992</v>
+      </c>
+      <c r="E62"/>
+      <c r="F62" t="s">
+        <v>47</v>
+      </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B63" t="s">
         <v>69</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E63"/>
+        <v>1999</v>
+      </c>
+      <c r="E63">
+        <v>2004</v>
+      </c>
       <c r="F63" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="G63"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>