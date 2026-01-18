--- v2 (2025-12-29)
+++ v3 (2026-01-18)
@@ -272,117 +272,117 @@
   <si>
     <t>Muntadas. Interconnections¬ Interconnessioni¬ interconexiones¬</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni</t>
   </si>
   <si>
     <t>Cities. 9 microficciones</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>TARGUE de la serie Protocolli Veneziani II</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
     <t>Ville Musée? Autour du projet City Museum</t>
   </si>
   <si>
     <t>Intervencions a Lleida. Idees i projectes per a una ciutat. [Folleto]</t>
   </si>
   <si>
     <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
-    <t>Present I futurs. Arquitectura a les ciutats</t>
-[...1 lines deleted...]
-  <si>
     <t>Cidade Imaginada / Imagined City</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>¡DICHO Y HECHO!</t>
+  </si>
+  <si>
+    <t>Caracas</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>Smelling Areas</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Lille</t>
+  </si>
+  <si>
     <t>Lo hecho en México…</t>
   </si>
   <si>
     <t>México</t>
   </si>
   <si>
     <t>We are Fantastic</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Double Exposure: TK-SL</t>
   </si>
   <si>
     <t>Double Exposure: Venecia - New York</t>
-  </si>
-[...28 lines deleted...]
-    <t>Graz, Barcelona, Lille</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1499,335 +1499,335 @@
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>85</v>
       </c>
       <c r="B46" t="s">
         <v>69</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>2014</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>86</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D47">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>87</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>77</v>
       </c>
       <c r="D48">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>88</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="D49">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>89</v>
+      </c>
+      <c r="B50" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" t="s">
         <v>90</v>
       </c>
-      <c r="B50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>91</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>92</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>93</v>
       </c>
       <c r="B52" t="s">
         <v>69</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>69</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B54" t="s">
         <v>69</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E54"/>
-      <c r="F54"/>
+      <c r="F54" t="s">
+        <v>96</v>
+      </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B55" t="s">
         <v>69</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E55"/>
+        <v>1998</v>
+      </c>
+      <c r="E55">
+        <v>2007</v>
+      </c>
       <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>69</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E56"/>
+        <v>1972</v>
+      </c>
+      <c r="E56">
+        <v>1974</v>
+      </c>
       <c r="F56" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B57" t="s">
         <v>69</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E57">
+        <v>2007</v>
+      </c>
+      <c r="F57"/>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B58" t="s">
         <v>69</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2013</v>
+        <v>1992</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B59" t="s">
         <v>69</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E59">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F59"/>
+        <v>2004</v>
+      </c>
+      <c r="F59" t="s">
+        <v>102</v>
+      </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B60" t="s">
         <v>69</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E60"/>
       <c r="F60" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>105</v>
       </c>
       <c r="B61" t="s">
         <v>69</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F61"/>
+        <v>2005</v>
+      </c>
+      <c r="E61"/>
+      <c r="F61" t="s">
+        <v>106</v>
+      </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B62" t="s">
         <v>69</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E62"/>
-      <c r="F62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F62"/>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B63" t="s">
         <v>69</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1999</v>
-[...6 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E63"/>
+      <c r="F63"/>
       <c r="G63"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>