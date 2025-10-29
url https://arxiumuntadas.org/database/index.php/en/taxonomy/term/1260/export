--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -155,66 +155,66 @@
   <si>
     <t>Muntadas. La Ciudad Vacía</t>
   </si>
   <si>
     <t>M+M | Feb-23 | Antoni Muntadas | The Construction of Fear</t>
   </si>
   <si>
     <t>Desvelar lo público. Conversación pública entre Juan Herreros y Antoni Muntadas</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Dialogue Antoni Muntadas und Bartomeu Marí [Bienal de arquitectura de Graz]</t>
   </si>
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>15th ELIA Biennial Conference: Resilience and the City. Art, Education, Urbanism</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
+    <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
     <t>Documenta X. Short Guide / Kurzfuhrer</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Ville Musée? Autour du projet City Museum</t>
   </si>
   <si>
     <t>Folleto</t>
-  </si>
-[...4 lines deleted...]
-    <t>Conferencia</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Localización Bolsas</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>West - Side</t>
   </si>
   <si>
     <t>Standard / Específico - Specifique - Specific</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
@@ -948,96 +948,96 @@
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>46</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="D24">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="D25">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>54</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>