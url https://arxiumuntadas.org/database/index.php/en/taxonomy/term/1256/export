--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -80,330 +80,330 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>SIDA. Une responsabilité de tous, une disponibilité à l'autre. Images pour la lutte contre le SIDA.</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Territorio Plural. 10 años Colección Testimonio. 1987-1997.</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Images pour la lutte contre le sida</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>New York: nomadic design</t>
+  </si>
+  <si>
+    <t>10 Contemporains Espagnols</t>
+  </si>
+  <si>
+    <t>Le Péage-de-Rousillon</t>
+  </si>
+  <si>
+    <t>Señales de vídeo: Aspectos de la videocreación española de los últimos años.</t>
+  </si>
+  <si>
+    <t>La colección del IVAM. Adquisiciones 1985-1992</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>El teléfono en la fotografía</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis. Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
+  </si>
+  <si>
+    <t>Pierre Restany. Le coeur et la raison.</t>
+  </si>
+  <si>
+    <t>Morlaix</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de Prensa</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Transterrats</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>Pour la Suite du Monde.</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>4e Semaine Internationale de Vidéo</t>
+  </si>
+  <si>
+    <t>Saint - Gervais Genève</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>ARCO '90</t>
+  </si>
+  <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
+  </si>
+  <si>
+    <t>Nantes</t>
+  </si>
+  <si>
+    <t>Documenta X. Short Guide / Kurzfuhrer</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>Les Couleurs de l'Argent</t>
+  </si>
+  <si>
+    <t>A New Necessity. The First Tyne International.</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>Beyond the Bridge</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>Llibre de les Meravelles</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Towards the Lens</t>
+  </si>
+  <si>
+    <t>Monument</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>( D' ) oïda</t>
+  </si>
+  <si>
+    <t>Bright Light</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
+  </si>
+  <si>
+    <t>Lyon</t>
+  </si>
+  <si>
+    <t>Force Sight</t>
+  </si>
+  <si>
+    <t>Neuenstadt am Kocher</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
     <t>Rhetorical Image</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
-    <t>Sevilla</t>
-[...224 lines deleted...]
-    <t>Bilbao</t>
+    <t>Documenta X. Short Guide.</t>
+  </si>
+  <si>
+    <t>Variaciones en Gris</t>
+  </si>
+  <si>
+    <t>ARCO'90</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
+  </si>
+  <si>
+    <t>Towards the lens</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>6 Exposición audiovisual. Facultad de Bellas Artes / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis.Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats.</t>
+  </si>
+  <si>
+    <t>Pierre Restany.Le coeur et la raison.</t>
   </si>
   <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
   </si>
   <si>
-    <t>Documenta X. Short Guide.</t>
-[...29 lines deleted...]
-    <t>Pierre Restany.Le coeur et la raison.</t>
+    <t>On Translation: Warning [1999]</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
-  </si>
-[...1 lines deleted...]
-    <t>On Translation: Warning [1999]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -860,1694 +860,1694 @@
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
         <v>1998</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>23</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D11">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
         <v>1993</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13">
         <v>1990</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15">
         <v>1992</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16">
         <v>1993</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17">
         <v>1990</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18">
         <v>1996</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19">
         <v>1992</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20">
         <v>1993</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
         <v>1996</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23">
         <v>1992</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="D24">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="D28">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="D29">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="D30">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="D33">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="D34">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>79</v>
+        <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="D45">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
       <c r="D49">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>9</v>
+        <v>90</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D52">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D56">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D57">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>101</v>
+        <v>19</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>105</v>
+        <v>69</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>39</v>
+        <v>105</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>78</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>9</v>
+        <v>107</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>9</v>
+        <v>90</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>93</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>94</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>88</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>27</v>
+        <v>110</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>113</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>114</v>
       </c>
       <c r="B103" t="s">
         <v>16</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="E103"/>
-      <c r="F103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>115</v>
       </c>
       <c r="B104" t="s">
         <v>16</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E104"/>
-      <c r="F104"/>
+      <c r="F104" t="s">
+        <v>77</v>
+      </c>
       <c r="G104"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>