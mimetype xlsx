--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -80,330 +80,330 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>SIDA. Une responsabilité de tous, une disponibilité à l'autre. Images pour la lutte contre le SIDA.</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Territorio Plural. 10 años Colección Testimonio. 1987-1997.</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Verbas: A sala de Prensa</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Transterrats</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Pour la Suite du Monde.</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>4e Semaine Internationale de Vidéo</t>
+  </si>
+  <si>
+    <t>Saint - Gervais Genève</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>ARCO '90</t>
+  </si>
+  <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
+  </si>
+  <si>
+    <t>Nantes</t>
+  </si>
+  <si>
+    <t>Documenta X. Short Guide / Kurzfuhrer</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>Les Couleurs de l'Argent</t>
+  </si>
+  <si>
+    <t>A New Necessity. The First Tyne International.</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>Beyond the Bridge</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>Llibre de les Meravelles</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Towards the Lens</t>
+  </si>
+  <si>
+    <t>Monument</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>( D' ) oïda</t>
+  </si>
+  <si>
+    <t>Bright Light</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
+  </si>
+  <si>
+    <t>Lyon</t>
+  </si>
+  <si>
+    <t>Force Sight</t>
+  </si>
+  <si>
+    <t>Neuenstadt am Kocher</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>Rhetorical Image</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Els límits del museu</t>
+  </si>
+  <si>
+    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
     <t>Images pour la lutte contre le sida</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>El artista y la ciudad</t>
   </si>
   <si>
-    <t>Sevilla</t>
-[...1 lines deleted...]
-  <si>
     <t>New York: nomadic design</t>
   </si>
   <si>
     <t>10 Contemporains Espagnols</t>
   </si>
   <si>
     <t>Le Péage-de-Rousillon</t>
   </si>
   <si>
     <t>Señales de vídeo: Aspectos de la videocreación española de los últimos años.</t>
   </si>
   <si>
     <t>La colección del IVAM. Adquisiciones 1985-1992</t>
   </si>
   <si>
-    <t>Valencia</t>
-[...1 lines deleted...]
-  <si>
     <t>El teléfono en la fotografía</t>
   </si>
   <si>
     <t>Art Concepte. La década de los setenta en Cataluña.</t>
   </si>
   <si>
     <t>Artifices 4. St. Denis. Langages en perspective.</t>
   </si>
   <si>
     <t>Saint-Denis</t>
   </si>
   <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
     <t>Turnhout</t>
   </si>
   <si>
     <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
   </si>
   <si>
     <t>Pierre Restany. Le coeur et la raison.</t>
   </si>
   <si>
     <t>Morlaix</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea</t>
   </si>
   <si>
-    <t>Verbas: A sala de Prensa</t>
-[...161 lines deleted...]
-    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+    <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>6 Exposición audiovisual. Facultad de Bellas Artes / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis.Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats.</t>
+  </si>
+  <si>
+    <t>Pierre Restany.Le coeur et la raison.</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
   </si>
   <si>
     <t>Documenta X. Short Guide.</t>
   </si>
   <si>
     <t>Variaciones en Gris</t>
   </si>
   <si>
     <t>ARCO'90</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Towards the lens</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
-    <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
-[...14 lines deleted...]
-    <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
+    <t>La Siesta / The Nap / Het Dutje</t>
   </si>
   <si>
     <t>On Translation: Warning [1999]</t>
-  </si>
-[...1 lines deleted...]
-    <t>La Siesta / The Nap / Het Dutje</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -857,1697 +857,1697 @@
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
         <v>1998</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D8">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>29</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D13">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="D14">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="D24">
         <v>1995</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D29">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="D30">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31">
-        <v>1991</v>
+        <v>1998</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D36">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D41">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>80</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>81</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="D45">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>9</v>
+        <v>88</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>90</v>
+        <v>57</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>91</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>92</v>
+        <v>21</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>94</v>
+        <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D52">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
         <v>12</v>
       </c>
       <c r="D56">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>17</v>
+        <v>101</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D57">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>51</v>
+        <v>102</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>104</v>
+        <v>83</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>69</v>
+        <v>103</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>105</v>
+        <v>79</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>9</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>9</v>
+        <v>96</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>90</v>
+        <v>21</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>26</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>27</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>101</v>
+        <v>38</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>109</v>
+        <v>30</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>110</v>
+        <v>43</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>111</v>
+        <v>50</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>9</v>
+        <v>111</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>112</v>
+        <v>63</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>114</v>
       </c>
       <c r="B103" t="s">
         <v>16</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E103"/>
-      <c r="F103"/>
+      <c r="F103" t="s">
+        <v>53</v>
+      </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>115</v>
       </c>
       <c r="B104" t="s">
         <v>16</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="E104"/>
-      <c r="F104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F104"/>
       <c r="G104"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>