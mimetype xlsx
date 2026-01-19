--- v2 (2025-12-13)
+++ v3 (2026-01-19)
@@ -80,50 +80,98 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>SIDA. Une responsabilité de tous, une disponibilité à l'autre. Images pour la lutte contre le SIDA.</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Territorio Plural. 10 años Colección Testimonio. 1987-1997.</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>10 Contemporains Espagnols</t>
+  </si>
+  <si>
+    <t>Le Péage-de-Rousillon</t>
+  </si>
+  <si>
+    <t>Señales de vídeo: Aspectos de la videocreación española de los últimos años.</t>
+  </si>
+  <si>
+    <t>La colección del IVAM. Adquisiciones 1985-1992</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>El teléfono en la fotografía</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis. Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
+  </si>
+  <si>
+    <t>Pierre Restany. Le coeur et la raison.</t>
+  </si>
+  <si>
+    <t>Morlaix</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea</t>
+  </si>
+  <si>
     <t>Verbas: A sala de Prensa</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Transterrats</t>
   </si>
   <si>
     <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
   </si>
   <si>
     <t>Taormina</t>
   </si>
   <si>
     <t>Espaces Interactifs. Europe</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Pour la Suite du Monde.</t>
@@ -185,53 +233,50 @@
   <si>
     <t>Les Couleurs de l'Argent</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Londres</t>
   </si>
   <si>
     <t>Beyond the Bridge</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>Art espanyol contemporani.Testimoni.</t>
   </si>
   <si>
     <t>Pollença</t>
   </si>
   <si>
     <t>Llibre de les Meravelles</t>
   </si>
   <si>
-    <t>Valencia</t>
-[...1 lines deleted...]
-  <si>
     <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
   </si>
   <si>
     <t>Towards the Lens</t>
   </si>
   <si>
     <t>Monument</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>( D' ) oïda</t>
   </si>
   <si>
     <t>Bright Light</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>Casinò Fantasma</t>
@@ -275,129 +320,84 @@
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Images pour la lutte contre le sida</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>El artista y la ciudad</t>
   </si>
   <si>
     <t>New York: nomadic design</t>
   </si>
   <si>
-    <t>10 Contemporains Espagnols</t>
-[...41 lines deleted...]
-    <t>Televisión y vídeo de creación en la Comunidad Europea</t>
+    <t>Variaciones en Gris</t>
+  </si>
+  <si>
+    <t>ARCO'90</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
+  </si>
+  <si>
+    <t>Towards the lens</t>
+  </si>
+  <si>
+    <t>Colonia</t>
   </si>
   <si>
     <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>6 Exposición audiovisual. Facultad de Bellas Artes / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
   </si>
   <si>
     <t>Artifices 4. St. Denis.Langages en perspective.</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats.</t>
   </si>
   <si>
     <t>Pierre Restany.Le coeur et la raison.</t>
   </si>
   <si>
     <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
   </si>
   <si>
     <t>Documenta X. Short Guide.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Colonia</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
   <si>
     <t>On Translation: Warning [1999]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -857,1681 +857,1681 @@
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
         <v>1998</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D8">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D13">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="D14">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="D19">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1997</v>
+        <v>1991</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="D24">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="D25">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1997</v>
+        <v>1991</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="D29">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>9</v>
+        <v>60</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D36">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="D40">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>79</v>
+        <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D41">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>87</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D47">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>90</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D52">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>95</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>96</v>
+        <v>45</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>98</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>99</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>100</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
         <v>12</v>
       </c>
       <c r="D56">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>101</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
         <v>12</v>
       </c>
       <c r="D57">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>102</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>74</v>
+        <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>28</v>
+        <v>96</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>107</v>
+        <v>24</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>25</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>110</v>
+        <v>31</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>45</v>
+        <v>111</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>111</v>
+        <v>26</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>54</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>55</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>113</v>
+        <v>53</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>114</v>
       </c>
       <c r="B103" t="s">
         <v>16</v>
       </c>
       <c r="C103"/>
       <c r="D103">
         <v>1995</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>115</v>
       </c>
       <c r="B104" t="s">
         <v>16</v>
       </c>
       <c r="C104"/>
       <c r="D104">
         <v>1999</v>
       </c>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>