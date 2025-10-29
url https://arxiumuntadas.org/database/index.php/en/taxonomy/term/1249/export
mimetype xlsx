--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -137,71 +137,131 @@
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Punto de Libro]</t>
   </si>
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Un ArtLibris de primera. Cultura|s.</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Ars electronica. Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
+  </si>
+  <si>
+    <t>Linz</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Bolonia</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>Dark rooms</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
+  </si>
+  <si>
+    <t>Tolosa</t>
+  </si>
+  <si>
     <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
   </si>
   <si>
     <t>Verbas: A sala de Prensa</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Festival des Arts Électroniques</t>
   </si>
   <si>
     <t>Rennes</t>
   </si>
   <si>
     <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
   </si>
   <si>
-    <t>Valencia</t>
-[...1 lines deleted...]
-  <si>
     <t>Edicions</t>
   </si>
   <si>
     <t>Corporate identities</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>Beyond the Bridge</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
   </si>
   <si>
     <t>Calgary</t>
   </si>
   <si>
     <t>Video-Skulptur. Retrospektiv und aktuell 1963-1989</t>
   </si>
   <si>
     <t>Colonia</t>
@@ -237,110 +297,50 @@
     <t>Nápoles</t>
   </si>
   <si>
     <t>Casinò Fantasma</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Libros de artistas</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>Mediated Narratives</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
-  </si>
-[...58 lines deleted...]
-    <t>Tolosa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1009,605 +1009,605 @@
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
         <v>2019</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="D19">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D20">
-        <v>1995</v>
+        <v>1982</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="D22">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D23">
-        <v>2003</v>
+        <v>1983</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
         <v>51</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>52</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1996</v>
+        <v>1985</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29">
-        <v>1981</v>
+        <v>1992</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="D31">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D32">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>70</v>
+        <v>12</v>
       </c>
       <c r="D34">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D35">
-        <v>1982</v>
+        <v>2003</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D37">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38">
-        <v>1982</v>
+        <v>1979</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D40">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41">
-        <v>1983</v>
+        <v>1981</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>81</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>82</v>
+      </c>
+      <c r="B43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C43" t="s">
         <v>83</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>89</v>
+      </c>
+      <c r="B46" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46" t="s">
         <v>90</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>91</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47">
-        <v>1992</v>
+        <v>1982</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>92</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>93</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>94</v>
       </c>
       <c r="G48"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>