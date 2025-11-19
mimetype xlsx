--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -137,210 +137,210 @@
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Punto de Libro]</t>
   </si>
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Un ArtLibris de primera. Cultura|s.</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Bolonia</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>Dark rooms</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
+  </si>
+  <si>
+    <t>Tolosa</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de Prensa</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Festival des Arts Électroniques</t>
+  </si>
+  <si>
+    <t>Rennes</t>
+  </si>
+  <si>
+    <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>Corporate identities</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Beyond the Bridge</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
+  </si>
+  <si>
+    <t>Calgary</t>
+  </si>
+  <si>
+    <t>Video-Skulptur. Retrospektiv und aktuell 1963-1989</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis. Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>16ª Bienal de São Paulo. Guia</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Towards the Lens</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
+  </si>
+  <si>
+    <t>Nápoles</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Libros de artistas</t>
+  </si>
+  <si>
+    <t>Catálogo Referencia</t>
+  </si>
+  <si>
+    <t>Mediated Narratives</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
     <t>Muntadas : On Translation: The Audience</t>
   </si>
   <si>
     <t>Ars electronica. Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
   </si>
   <si>
     <t>Linz</t>
-  </si>
-[...151 lines deleted...]
-    <t>Las Arenas-Getxo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1009,605 +1009,605 @@
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
         <v>2019</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D19">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="D20">
-        <v>1982</v>
+        <v>2003</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1990</v>
+        <v>1983</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D22">
-        <v>2003</v>
+        <v>1991</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="D23">
-        <v>1983</v>
+        <v>2013</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
-        <v>1991</v>
+        <v>1984</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="D25">
-        <v>2013</v>
+        <v>1992</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
         <v>1992</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1985</v>
+        <v>1988</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D30">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D32">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D33">
-        <v>1988</v>
+        <v>2003</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>66</v>
+        <v>21</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D35">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36">
-        <v>1989</v>
+        <v>1979</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39">
-        <v>1989</v>
+        <v>1981</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>79</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="D41">
-        <v>1981</v>
+        <v>2014</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="D43">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>12</v>
+        <v>87</v>
       </c>
       <c r="D44">
         <v>1982</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="D46">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="D47">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>92</v>
+        <v>38</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>93</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>94</v>
       </c>
       <c r="G48"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>