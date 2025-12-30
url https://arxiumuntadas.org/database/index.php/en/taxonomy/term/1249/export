--- v2 (2025-11-19)
+++ v3 (2025-12-30)
@@ -137,210 +137,210 @@
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Punto de Libro]</t>
   </si>
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Un ArtLibris de primera. Cultura|s.</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
+    <t>Festival des Arts Électroniques</t>
+  </si>
+  <si>
+    <t>Rennes</t>
+  </si>
+  <si>
+    <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>Corporate identities</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Beyond the Bridge</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
+  </si>
+  <si>
+    <t>Calgary</t>
+  </si>
+  <si>
+    <t>Video-Skulptur. Retrospektiv und aktuell 1963-1989</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis. Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>16ª Bienal de São Paulo. Guia</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Towards the Lens</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
+  </si>
+  <si>
+    <t>Nápoles</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Libros de artistas [Catálogo]</t>
+  </si>
+  <si>
+    <t>Catálogo Referencia</t>
+  </si>
+  <si>
+    <t>Mediated Narratives</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Ars electronica. Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
+  </si>
+  <si>
+    <t>Linz</t>
+  </si>
+  <si>
     <t>Art Concepte. La década de los setenta en Cataluña.</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Folleto]</t>
   </si>
   <si>
     <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
   </si>
   <si>
-    <t>Valencia</t>
-[...1 lines deleted...]
-  <si>
     <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
   </si>
   <si>
     <t>Taormina</t>
   </si>
   <si>
     <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Art espanyol contemporani.Testimoni.</t>
   </si>
   <si>
     <t>Pollença</t>
   </si>
   <si>
     <t>Dark rooms</t>
   </si>
   <si>
     <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
   </si>
   <si>
     <t>Montbéliard</t>
   </si>
   <si>
     <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
   </si>
   <si>
     <t>Verbas: A sala de Prensa</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
-  </si>
-[...97 lines deleted...]
-    <t>Linz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1012,602 +1012,602 @@
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
         <v>2019</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D20">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D21">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
-        <v>1991</v>
+        <v>1989</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="D23">
-        <v>2013</v>
+        <v>1995</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
-        <v>1984</v>
+        <v>1979</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>53</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1985</v>
+        <v>1996</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>1992</v>
+        <v>1981</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D29">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D30">
-        <v>1995</v>
+        <v>1982</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="D32">
-        <v>1993</v>
+        <v>1982</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D33">
-        <v>2003</v>
+        <v>1982</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="D35">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="D38">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>78</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D41">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>87</v>
+        <v>12</v>
       </c>
       <c r="D44">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>88</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45">
-        <v>1982</v>
+        <v>1992</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>89</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>90</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>91</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>92</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D47">
-        <v>1999</v>
+        <v>1993</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>93</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D48">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>94</v>
       </c>
       <c r="G48"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>