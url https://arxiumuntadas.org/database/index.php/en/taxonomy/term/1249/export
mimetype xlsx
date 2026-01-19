--- v3 (2025-12-30)
+++ v4 (2026-01-19)
@@ -137,210 +137,210 @@
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser: ATTENTION  [Punto de Libro]</t>
   </si>
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Un ArtLibris de primera. Cultura|s.</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>Corporate identities</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Beyond the Bridge</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
+  </si>
+  <si>
+    <t>Calgary</t>
+  </si>
+  <si>
+    <t>Video-Skulptur. Retrospektiv und aktuell 1963-1989</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis. Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>16ª Bienal de São Paulo. Guia</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Towards the Lens</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
+  </si>
+  <si>
+    <t>Nápoles</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Libros de artistas [Catálogo]</t>
+  </si>
+  <si>
+    <t>Catálogo Referencia</t>
+  </si>
+  <si>
+    <t>Mediated Narratives</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Ars electronica. Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
+  </si>
+  <si>
+    <t>Linz</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Bolonia</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>Dark rooms</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
+  </si>
+  <si>
+    <t>Tolosa</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de Prensa</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
     <t>Festival des Arts Électroniques</t>
   </si>
   <si>
     <t>Rennes</t>
   </si>
   <si>
     <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
-  </si>
-[...151 lines deleted...]
-    <t>Santiago de Compostela</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1009,609 +1009,609 @@
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
         <v>2019</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D19">
-        <v>1988</v>
+        <v>2003</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D21">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
-        <v>1989</v>
+        <v>1979</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>47</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>1989</v>
+        <v>1981</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>53</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>56</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>1981</v>
+        <v>2014</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>57</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D29">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="D30">
         <v>1982</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>65</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="D32">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="D33">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D35">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="D36">
-        <v>1982</v>
+        <v>2003</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37">
-        <v>1990</v>
+        <v>1983</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D38">
-        <v>2003</v>
+        <v>1991</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>77</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="D39">
-        <v>1983</v>
+        <v>2013</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40">
-        <v>1991</v>
+        <v>1984</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="D41">
-        <v>2013</v>
+        <v>1992</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>85</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43">
         <v>1992</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>86</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>87</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44">
-        <v>1985</v>
+        <v>1988</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>90</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D46">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>91</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>92</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D48">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="G48"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>