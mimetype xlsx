--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -137,147 +137,147 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Román Gubern: La imatge expandida</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum</t>
   </si>
   <si>
     <t>Un ArtLibris de primera. Cultura|s.</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
     <t>Barres de color (Una selección retrospectiva de vídeo catalán)</t>
   </si>
   <si>
+    <t>Muntadas. On Translation: Museum [Catalán]</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Español]</t>
+  </si>
+  <si>
+    <t>Transterrats</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
+    <t>Monument</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Vídeo Art. Comportament Behavior</t>
+  </si>
+  <si>
+    <t>Els límits del museu</t>
+  </si>
+  <si>
+    <t>Virreina, els dilluns de vídeo. 60 Cintes representatives de l'evolució del vídeo de creació.</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
+    <t>La Imatge de l'Animal. Art Prehistoric. Art Contemporani</t>
+  </si>
+  <si>
+    <t>( D' ) oïda</t>
+  </si>
+  <si>
+    <t>Nuits Blanches</t>
+  </si>
+  <si>
     <t>Muntadas. On Translation: Museum [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Art Concepte. La década de los setenta en Cataluña.</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Inglés]</t>
   </si>
   <si>
-    <t>Catálogo Individual Muntadas</t>
-[...1 lines deleted...]
-  <si>
     <t>Art espanyol contemporani.Testimoni.</t>
   </si>
   <si>
     <t>Pollença</t>
   </si>
   <si>
-    <t>Muntadas. On Translation: Museum [Catalán]</t>
-[...50 lines deleted...]
-    <t>Nuits Blanches</t>
+    <t>Present I futurs. Arquitectura a les ciutats.</t>
+  </si>
+  <si>
+    <t>La imatge de l'Animal. Art prehistoric. Art contemporani</t>
+  </si>
+  <si>
+    <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
+  </si>
+  <si>
+    <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
+  </si>
+  <si>
+    <t>Terrassa</t>
+  </si>
+  <si>
+    <t>Arlés</t>
+  </si>
+  <si>
+    <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai</t>
-  </si>
-[...19 lines deleted...]
-    <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>Dos Colors</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -994,660 +994,660 @@
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>29</v>
       </c>
       <c r="D22">
         <v>1988</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>42</v>
       </c>
       <c r="D23">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>29</v>
       </c>
       <c r="D24">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D25">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D26">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D27">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D28">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="D29">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D30">
-        <v>2002</v>
+        <v>1980</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>51</v>
+      </c>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" t="s">
         <v>52</v>
       </c>
-      <c r="B31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D32">
-        <v>2003</v>
+        <v>1981</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="D33">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
         <v>29</v>
       </c>
       <c r="D34">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="D35">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>29</v>
       </c>
       <c r="D36">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>29</v>
       </c>
       <c r="D38">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="E38"/>
-      <c r="F38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="D39">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>29</v>
       </c>
       <c r="D40">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D41">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
         <v>29</v>
       </c>
       <c r="D42">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E42"/>
-      <c r="F42"/>
+      <c r="F42" t="s">
+        <v>65</v>
+      </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="B43" t="s">
         <v>15</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>15</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="B45" t="s">
         <v>15</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B46" t="s">
         <v>15</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="B47" t="s">
         <v>15</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B48" t="s">
         <v>15</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="B49" t="s">
         <v>15</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B50" t="s">
         <v>15</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B51" t="s">
         <v>15</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="B52" t="s">
         <v>15</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="B53" t="s">
         <v>15</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B54" t="s">
         <v>15</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B55" t="s">
         <v>15</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="B56" t="s">
         <v>15</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="B57" t="s">
         <v>15</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>53</v>
       </c>
       <c r="B58" t="s">
         <v>15</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B59" t="s">
         <v>15</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>74</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
         <v>1979</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">