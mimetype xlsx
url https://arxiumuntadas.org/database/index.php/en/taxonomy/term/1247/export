--- v1 (2025-11-19)
+++ v2 (2026-01-23)
@@ -137,147 +137,147 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Román Gubern: La imatge expandida</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum</t>
   </si>
   <si>
     <t>Un ArtLibris de primera. Cultura|s.</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
     <t>Barres de color (Una selección retrospectiva de vídeo catalán)</t>
   </si>
   <si>
+    <t>La Imatge de l'Animal. Art Prehistoric. Art Contemporani</t>
+  </si>
+  <si>
+    <t>( D' ) oïda</t>
+  </si>
+  <si>
+    <t>Nuits Blanches</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Inglés]</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
     <t>Muntadas. On Translation: Museum [Catalán]</t>
   </si>
   <si>
-    <t>Catálogo Individual Muntadas</t>
-[...1 lines deleted...]
-  <si>
     <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Español]</t>
   </si>
   <si>
     <t>Transterrats</t>
   </si>
   <si>
     <t>Edicions</t>
   </si>
   <si>
     <t>Coŀlecció d'art de l'avui</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>Monument</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Vídeo Art. Comportament Behavior</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>Virreina, els dilluns de vídeo. 60 Cintes representatives de l'evolució del vídeo de creació.</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
-    <t>La Imatge de l'Animal. Art Prehistoric. Art Contemporani</t>
-[...23 lines deleted...]
-    <t>Pollença</t>
+    <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats.</t>
   </si>
   <si>
     <t>La imatge de l'Animal. Art prehistoric. Art contemporani</t>
   </si>
   <si>
     <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
   </si>
   <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>Arlés</t>
   </si>
   <si>
     <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>Dos Colors</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -991,663 +991,663 @@
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>29</v>
       </c>
       <c r="D22">
         <v>1988</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D23">
-        <v>2002</v>
+        <v>1984</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>29</v>
       </c>
       <c r="D24">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>29</v>
       </c>
       <c r="D25">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="E25"/>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F25"/>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>44</v>
+      </c>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
         <v>45</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>29</v>
       </c>
       <c r="D27">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D28">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D29">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="D30">
-        <v>1980</v>
+        <v>2002</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D31">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
         <v>29</v>
       </c>
       <c r="D32">
-        <v>1981</v>
+        <v>1993</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="D33">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
         <v>29</v>
       </c>
       <c r="D34">
-        <v>1984</v>
+        <v>1994</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="D35">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>57</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="D36">
-        <v>1984</v>
+        <v>1994</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37">
-        <v>1998</v>
+        <v>1980</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="D38">
-        <v>1989</v>
+        <v>1995</v>
       </c>
       <c r="E38"/>
-      <c r="F38"/>
+      <c r="F38" t="s">
+        <v>9</v>
+      </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D39">
-        <v>2003</v>
+        <v>1981</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>29</v>
       </c>
       <c r="D40">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D41">
-        <v>2002</v>
+        <v>1984</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
         <v>29</v>
       </c>
       <c r="D42">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>65</v>
+        <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B43" t="s">
         <v>15</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="B44" t="s">
         <v>15</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B45" t="s">
         <v>15</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B46" t="s">
         <v>15</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B47" t="s">
         <v>15</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B48" t="s">
         <v>15</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B49" t="s">
         <v>15</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B50" t="s">
         <v>15</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B51" t="s">
         <v>15</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>65</v>
+        <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B52" t="s">
         <v>15</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B53" t="s">
         <v>15</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="B54" t="s">
         <v>15</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B55" t="s">
         <v>15</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="B56" t="s">
         <v>15</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B57" t="s">
         <v>15</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="B58" t="s">
         <v>15</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="B59" t="s">
         <v>15</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>74</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
         <v>1979</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">