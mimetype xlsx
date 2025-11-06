--- v0 (2025-10-08)
+++ v1 (2025-11-06)
@@ -149,87 +149,87 @@
   <si>
     <t>Elías Querejeta Zine Eskola</t>
   </si>
   <si>
     <t>Debate Lenguaje Visual</t>
   </si>
   <si>
     <t>El Diario Vídeo</t>
   </si>
   <si>
     <t>Periódico</t>
   </si>
   <si>
     <t>Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>Hiriaren Esku-Hartzeak / Intervenciones urbanas / Urban Interventions</t>
   </si>
   <si>
     <t>Fundación Centro Ordóñez-Falcón de fotografía COFF</t>
   </si>
   <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
+  </si>
+  <si>
     <t>After-Math</t>
   </si>
   <si>
     <t>Long Play</t>
   </si>
   <si>
     <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Antoni Muntadas On Translation</t>
   </si>
   <si>
     <t>Arteleku: Ikusentzunkariak arlo teorikoa</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>HELDULEKURIK GABE PENTSATZEA. Arkitektura: film-mintzairak / PENSAR SIN BARANDILLAS. Arquitectura: lenguajes fílmicos</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Hiriaren Esku-Hartzeak. Proiektuak eta hitzaldiak / Intervenciones urbanas. Proyectos y comunicaciones / Urban Interventions. Projects and lectures</t>
   </si>
   <si>
     <t>Taller</t>
-  </si>
-[...4 lines deleted...]
-    <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
   </si>
   <si>
     <t>Portraits</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -997,216 +997,216 @@
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
         <v>18</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="D27">
-        <v>1966</v>
+        <v>2007</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="D28">
-        <v>1994</v>
+        <v>2016</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
         <v>48</v>
       </c>
       <c r="D29">
-        <v>1997</v>
+        <v>1966</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>49</v>
+      </c>
+      <c r="B30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" t="s">
         <v>50</v>
       </c>
-      <c r="B30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D31">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
         <v>53</v>
       </c>
       <c r="D32">
-        <v>2015</v>
+        <v>1988</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D33">
         <v>1994</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="D34">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>56</v>
+      </c>
+      <c r="B35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" t="s">
         <v>57</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35">
-        <v>2016</v>
+        <v>1994</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1995</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">