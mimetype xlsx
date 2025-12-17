--- v1 (2025-11-06)
+++ v2 (2025-12-17)
@@ -149,87 +149,87 @@
   <si>
     <t>Elías Querejeta Zine Eskola</t>
   </si>
   <si>
     <t>Debate Lenguaje Visual</t>
   </si>
   <si>
     <t>El Diario Vídeo</t>
   </si>
   <si>
     <t>Periódico</t>
   </si>
   <si>
     <t>Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>Hiriaren Esku-Hartzeak / Intervenciones urbanas / Urban Interventions</t>
   </si>
   <si>
     <t>Fundación Centro Ordóñez-Falcón de fotografía COFF</t>
   </si>
   <si>
+    <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas On Translation</t>
+  </si>
+  <si>
+    <t>Arteleku: Ikusentzunkariak arlo teorikoa</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>HELDULEKURIK GABE PENTSATZEA. Arkitektura: film-mintzairak / PENSAR SIN BARANDILLAS. Arquitectura: lenguajes fílmicos</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Hiriaren Esku-Hartzeak. Proiektuak eta hitzaldiak / Intervenciones urbanas. Proyectos y comunicaciones / Urban Interventions. Projects and lectures</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
   </si>
   <si>
     <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
   </si>
   <si>
     <t>After-Math</t>
   </si>
   <si>
     <t>Long Play</t>
-  </si>
-[...25 lines deleted...]
-    <t>Taller</t>
   </si>
   <si>
     <t>Portraits</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -997,216 +997,216 @@
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
         <v>18</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="D27">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>47</v>
+      </c>
+      <c r="B28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" t="s">
         <v>46</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D29">
-        <v>1966</v>
+        <v>1988</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>43</v>
+      </c>
+      <c r="B30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D30">
         <v>1994</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" t="s">
         <v>51</v>
       </c>
-      <c r="B31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
         <v>53</v>
       </c>
       <c r="D32">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="D33">
-        <v>1994</v>
+        <v>2007</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="D34">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>57</v>
       </c>
       <c r="D35">
-        <v>1994</v>
+        <v>1966</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1995</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">