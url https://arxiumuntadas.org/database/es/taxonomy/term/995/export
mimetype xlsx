--- v2 (2025-12-17)
+++ v3 (2026-01-08)
@@ -149,87 +149,87 @@
   <si>
     <t>Elías Querejeta Zine Eskola</t>
   </si>
   <si>
     <t>Debate Lenguaje Visual</t>
   </si>
   <si>
     <t>El Diario Vídeo</t>
   </si>
   <si>
     <t>Periódico</t>
   </si>
   <si>
     <t>Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>I Festival de Vídeo en el XXX Festival Internacional de Cine de San Sebastián</t>
   </si>
   <si>
     <t>Hiriaren Esku-Hartzeak / Intervenciones urbanas / Urban Interventions</t>
   </si>
   <si>
     <t>Fundación Centro Ordóñez-Falcón de fotografía COFF</t>
   </si>
   <si>
+    <t>Hiriaren Esku-Hartzeak. Proiektuak eta hitzaldiak / Intervenciones urbanas. Proyectos y comunicaciones / Urban Interventions. Projects and lectures</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
+  </si>
+  <si>
+    <t>After-Math</t>
+  </si>
+  <si>
+    <t>Long Play</t>
+  </si>
+  <si>
     <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Antoni Muntadas On Translation</t>
   </si>
   <si>
     <t>Arteleku: Ikusentzunkariak arlo teorikoa</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>HELDULEKURIK GABE PENTSATZEA. Arkitektura: film-mintzairak / PENSAR SIN BARANDILLAS. Arquitectura: lenguajes fílmicos</t>
   </si>
   <si>
     <t>Charla</t>
-  </si>
-[...16 lines deleted...]
-    <t>Long Play</t>
   </si>
   <si>
     <t>Portraits</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1016,197 +1016,197 @@
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
         <v>46</v>
       </c>
       <c r="D27">
         <v>1994</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="D28">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="D29">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D30">
-        <v>1994</v>
+        <v>1966</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D31">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>53</v>
+      </c>
+      <c r="B32" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" t="s">
         <v>52</v>
       </c>
-      <c r="B32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="D33">
-        <v>2007</v>
+        <v>1988</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>43</v>
+      </c>
+      <c r="B34" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" t="s">
         <v>55</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34">
-        <v>2016</v>
+        <v>1994</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>57</v>
       </c>
       <c r="D35">
-        <v>1966</v>
+        <v>2015</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1995</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">