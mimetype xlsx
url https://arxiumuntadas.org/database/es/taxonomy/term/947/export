--- v0 (2025-10-09)
+++ v1 (2025-11-17)
@@ -50,66 +50,66 @@
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Proyectos: El Arte público y los Medios. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Cali</t>
   </si>
   <si>
     <t>La metodología del proyecto. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Cinema Expandido. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
+    <t>7º Festival Internacional de Cine de Cali</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>En Exhibición: Muntadas</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
-  </si>
-[...4 lines deleted...]
-    <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Exposiciones. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -521,70 +521,70 @@
         <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5">
         <v>2015</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6">
         <v>2015</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7">
         <v>2015</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>