--- v1 (2025-11-17)
+++ v2 (2025-12-07)
@@ -50,66 +50,66 @@
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Proyectos: El Arte público y los Medios. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Cali</t>
   </si>
   <si>
     <t>La metodología del proyecto. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Cinema Expandido. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
+    <t>En Exhibición: Muntadas</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
     <t>7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
-    <t>En Exhibición: Muntadas</t>
-[...1 lines deleted...]
-  <si>
     <t>Folleto</t>
-  </si>
-[...1 lines deleted...]
-    <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Exposiciones. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -540,51 +540,51 @@
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6">
         <v>2015</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7">
         <v>2015</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>