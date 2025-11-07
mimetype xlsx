--- v0 (2025-10-09)
+++ v1 (2025-11-07)
@@ -104,111 +104,111 @@
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>TATE Modern</t>
   </si>
   <si>
     <t>European media art network. Réseau de distribution de vidéos européennes indépendantes.</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Berlín, Bruselas, Barcelona, Lyon, Budapest, Londres, Roma</t>
   </si>
   <si>
     <t>Mark Dunhill</t>
   </si>
   <si>
     <t>Michael Hoppen Gallery LTD</t>
   </si>
   <si>
     <t>Broadgate 6</t>
   </si>
   <si>
+    <t>The medium is the massage</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>The senses of animals</t>
+  </si>
+  <si>
+    <t>The Games: Inspiring images</t>
+  </si>
+  <si>
+    <t>Translations Studies</t>
+  </si>
+  <si>
+    <t>Internet Art. The online clash of culture and commerce</t>
+  </si>
+  <si>
+    <t>Wheels of Fire</t>
+  </si>
+  <si>
+    <t>Long Play</t>
+  </si>
+  <si>
+    <t>Visual Methodologies. An Introduction to Researching with Visual Materials</t>
+  </si>
+  <si>
     <t>Antonio Muntadas</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>What is Contemporary Art? A Children's Guide</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Digital Art</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Camera Obscura: A Journal of Feminism and Film Theory / 3-4</t>
   </si>
   <si>
     <t>Kind of blue</t>
   </si>
   <si>
-    <t>Long Play</t>
-[...1 lines deleted...]
-  <si>
     <t>Losey on Losey</t>
   </si>
   <si>
     <t>Luchino Visconti</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
-  </si>
-[...25 lines deleted...]
-    <t>Visual Methodologies. An Introduction to Researching with Visual Materials</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Biography</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -767,361 +767,361 @@
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15">
-        <v>2012</v>
+        <v>1992</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D16">
-        <v>2015</v>
+        <v>1963</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D17">
-        <v>1979</v>
+        <v>2012</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D18">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D19">
-        <v>1968</v>
+        <v>2003</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D20">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="D21">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D22">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>44</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D24">
-        <v>1963</v>
+        <v>2015</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="D25">
-        <v>2012</v>
+        <v>1979</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D26">
-        <v>1992</v>
+        <v>1960</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>48</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D27">
-        <v>2003</v>
+        <v>1968</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D28">
-        <v>1968</v>
+        <v>1967</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D29">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>52</v>
       </c>
       <c r="C32"/>
       <c r="D32">
         <v>1989</v>
       </c>
       <c r="E32">
         <v>1999</v>