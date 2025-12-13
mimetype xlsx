--- v1 (2025-11-07)
+++ v2 (2025-12-13)
@@ -104,111 +104,111 @@
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>TATE Modern</t>
   </si>
   <si>
     <t>European media art network. Réseau de distribution de vidéos européennes indépendantes.</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Berlín, Bruselas, Barcelona, Lyon, Budapest, Londres, Roma</t>
   </si>
   <si>
     <t>Mark Dunhill</t>
   </si>
   <si>
     <t>Michael Hoppen Gallery LTD</t>
   </si>
   <si>
     <t>Broadgate 6</t>
   </si>
   <si>
+    <t>The Games: Inspiring images</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Translations Studies</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Internet Art. The online clash of culture and commerce</t>
+  </si>
+  <si>
+    <t>Wheels of Fire</t>
+  </si>
+  <si>
+    <t>Long Play</t>
+  </si>
+  <si>
+    <t>Visual Methodologies. An Introduction to Researching with Visual Materials</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>What is Contemporary Art? A Children's Guide</t>
+  </si>
+  <si>
+    <t>Guía</t>
+  </si>
+  <si>
+    <t>Digital Art</t>
+  </si>
+  <si>
+    <t>Camera Obscura: A Journal of Feminism and Film Theory / 3-4</t>
+  </si>
+  <si>
+    <t>Kind of blue</t>
+  </si>
+  <si>
+    <t>Losey on Losey</t>
+  </si>
+  <si>
+    <t>Luchino Visconti</t>
+  </si>
+  <si>
+    <t>A New Necessity. The First Tyne International.</t>
+  </si>
+  <si>
     <t>The medium is the massage</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Edge'92</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>The senses of animals</t>
-  </si>
-[...46 lines deleted...]
-    <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Biography</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -767,361 +767,361 @@
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15">
         <v>1992</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D16">
-        <v>1963</v>
+        <v>2003</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D17">
-        <v>2012</v>
+        <v>1968</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D18">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D19">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D20">
-        <v>1968</v>
+        <v>2012</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D21">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D22">
-        <v>2005</v>
+        <v>1979</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D23">
-        <v>2012</v>
+        <v>1960</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D24">
-        <v>2015</v>
+        <v>1968</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D25">
-        <v>1979</v>
+        <v>1967</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="D26">
-        <v>1960</v>
+        <v>1990</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>48</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D27">
-        <v>1968</v>
+        <v>1996</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>31</v>
       </c>
       <c r="D28">
-        <v>1967</v>
+        <v>1992</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>33</v>
       </c>
       <c r="D29">
-        <v>1990</v>
+        <v>1963</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>52</v>
       </c>
       <c r="C32"/>
       <c r="D32">
         <v>1989</v>
       </c>
       <c r="E32">
         <v>1999</v>