--- v2 (2025-12-13)
+++ v3 (2026-01-07)
@@ -104,111 +104,111 @@
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>TATE Modern</t>
   </si>
   <si>
     <t>European media art network. Réseau de distribution de vidéos européennes indépendantes.</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Berlín, Bruselas, Barcelona, Lyon, Budapest, Londres, Roma</t>
   </si>
   <si>
     <t>Mark Dunhill</t>
   </si>
   <si>
     <t>Michael Hoppen Gallery LTD</t>
   </si>
   <si>
     <t>Broadgate 6</t>
   </si>
   <si>
+    <t>What is Contemporary Art? A Children's Guide</t>
+  </si>
+  <si>
+    <t>Guía</t>
+  </si>
+  <si>
+    <t>Digital Art</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Camera Obscura: A Journal of Feminism and Film Theory / 3-4</t>
+  </si>
+  <si>
+    <t>Kind of blue</t>
+  </si>
+  <si>
+    <t>Long Play</t>
+  </si>
+  <si>
+    <t>Losey on Losey</t>
+  </si>
+  <si>
+    <t>Luchino Visconti</t>
+  </si>
+  <si>
+    <t>A New Necessity. The First Tyne International.</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>The medium is the massage</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>The senses of animals</t>
+  </si>
+  <si>
     <t>The Games: Inspiring images</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Translations Studies</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Internet Art. The online clash of culture and commerce</t>
   </si>
   <si>
     <t>Wheels of Fire</t>
   </si>
   <si>
-    <t>Long Play</t>
-[...1 lines deleted...]
-  <si>
     <t>Visual Methodologies. An Introduction to Researching with Visual Materials</t>
   </si>
   <si>
     <t>Antonio Muntadas</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
-  </si>
-[...31 lines deleted...]
-    <t>The senses of animals</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Biography</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -786,342 +786,342 @@
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14">
         <v>2012</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>33</v>
       </c>
       <c r="D16">
-        <v>2003</v>
+        <v>1979</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17">
-        <v>1968</v>
+        <v>1960</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>33</v>
       </c>
       <c r="D18">
-        <v>2012</v>
+        <v>1968</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D19">
-        <v>2005</v>
+        <v>1967</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" t="s">
         <v>40</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>33</v>
       </c>
       <c r="D21">
-        <v>2015</v>
+        <v>1996</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D22">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D23">
-        <v>1960</v>
+        <v>1963</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D24">
-        <v>1968</v>
+        <v>2012</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>33</v>
       </c>
       <c r="D25">
-        <v>1967</v>
+        <v>1992</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D26">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D27">
-        <v>1996</v>
+        <v>1968</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D28">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" t="s">
         <v>50</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>1963</v>
+        <v>2005</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>52</v>
       </c>
       <c r="C32"/>
       <c r="D32">
         <v>1989</v>
       </c>
       <c r="E32">
         <v>1999</v>