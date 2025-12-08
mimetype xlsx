--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -68,54 +68,54 @@
   <si>
     <t>Mednarodni Grafični Likovni Center</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>P74 Gallery</t>
   </si>
   <si>
     <t>Kje?</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Muzej Afektov. Museum of affects.V sklopu Internacional. In the framework of L'Internationale.</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
+    <t>Muzej afektov. Museum of Affects</t>
+  </si>
+  <si>
     <t>Muzej Afektov / Museum of affects.V sklopu internacionale/ In the framework of L'Internationale</t>
-  </si>
-[...1 lines deleted...]
-    <t>Muzej afektov. Museum of Affects</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>