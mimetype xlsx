--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -98,60 +98,60 @@
   <si>
     <t>Libri d'artista da Zona Archives</t>
   </si>
   <si>
     <t>Silvia Lucchesi</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Fondazione Palazzo Strozzi</t>
   </si>
   <si>
     <t>On Translation: Strand [Fotografía]</t>
   </si>
   <si>
     <t>M.T. - Manifattura Tabacchi</t>
   </si>
   <si>
     <t>Oggetto: Manifattura Tabacchi di Firenze, residenze d’artista 2018-2019</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>The architectures of Babel. Creation, extinctions and intercessions in the languages of the global world</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Top Hundred</t>
+  </si>
+  <si>
     <t>Arte Prezzo e Valore. Arte Contemporanea e Mercato / Art Price And Value. Contemporary Art and Market</t>
-  </si>
-[...7 lines deleted...]
-    <t>Top Hundred</t>
   </si>
   <si>
     <t>Arte Prezzo e Valore. Arte contemporanea e mercato.Art Price and Value</t>
   </si>
   <si>
     <t>Top Hundred. Florencia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -697,92 +697,92 @@
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D14">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D15">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>33</v>