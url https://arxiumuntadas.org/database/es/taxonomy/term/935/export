--- v0 (2025-10-09)
+++ v1 (2026-01-18)
@@ -74,54 +74,54 @@
   <si>
     <t>Algoritmia. ARTE EN LA ERA DE LA INTELIGENCIA ARTIFICIAL</t>
   </si>
   <si>
     <t>Muntadas, Estrategias del desplazamiento [Póster]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Europa</t>
   </si>
   <si>
     <t>Muntadas trae al Meiac una reflexión multimedia sobre los desplazamientos</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Muntadas. Estrategias del Desplazamiento.</t>
   </si>
   <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>El discreto encanto de la tecnología. Artes en España.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Museo Extremeño e Iberoamericano de Arte Contemporáneo (MEIAC)</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -567,70 +567,70 @@
         <v>2018</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D8">
         <v>2008</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>9</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>9</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>9</v>
       </c>