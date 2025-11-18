--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -53,54 +53,54 @@
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Jusque-là</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Tourcoing</t>
   </si>
   <si>
     <t>Panorama 4. Paysages persistants</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
+    <t>Paysages persistants</t>
+  </si>
+  <si>
     <t>Paysages Persitants</t>
-  </si>
-[...1 lines deleted...]
-    <t>Paysages persistants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -476,66 +476,66 @@
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3">
         <v>2003</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>