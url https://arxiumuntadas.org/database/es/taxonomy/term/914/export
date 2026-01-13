--- v1 (2025-11-18)
+++ v2 (2026-01-13)
@@ -476,81 +476,81 @@
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3">
         <v>2003</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>