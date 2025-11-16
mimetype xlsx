--- v0 (2025-10-09)
+++ v1 (2025-11-16)
@@ -113,105 +113,105 @@
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>En torno a The File Room de Antoni Muntadas: Un ejemplo pionero de ciber-artivismo</t>
   </si>
   <si>
     <t>Traducción, género y censura en la literatura y en los medios de comunicación</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Recerca en Humanitats 2018</t>
   </si>
   <si>
     <t>Muntadas. On Media Control</t>
   </si>
   <si>
     <t>The Global Work of Art: World's Fairs, Biennials, and the Aesthetics of Experience</t>
   </si>
   <si>
     <t>Chicago (IL)</t>
   </si>
   <si>
+    <t>Les grands textes de la Psychologue Moderne: recueil méthodique à l'usage des candidats Baccalauréat, Primière Supérieure, Enseignement Supérieur</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
+  </si>
+  <si>
+    <t>Milán</t>
+  </si>
+  <si>
+    <t>Arte y globalización</t>
+  </si>
+  <si>
+    <t>Science Projects and Experiments for The Junior Scientist: The Five Senses</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>La construcción de mundos por imágenes</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Progetto per la creazione di un processo di metabolizzazione artificiale delle immagini mediatiche sul web.</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
     <t>Dispositifs artistiques, dispositifs politiques. Une esthétique opérationelle comme faculté de mobilisation individuelle et collective.</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Dossier: Video</t>
   </si>
   <si>
     <t>L'Art et les expositions en Espagne pendant le franquisme</t>
   </si>
   <si>
     <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Esquizofrenia y presión social</t>
   </si>
   <si>
     <t>Joris Ivens ou la mémoire d'un regard</t>
   </si>
   <si>
     <t>Francia</t>
-  </si>
-[...28 lines deleted...]
-    <t>Venecia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -803,260 +803,260 @@
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
         <v>2016</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
-        <v>2015</v>
+        <v>1971</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>1976</v>
+        <v>1999</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
-        <v>2000</v>
+        <v>1964</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19">
-        <v>1972</v>
+        <v>2007</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20">
-        <v>1982</v>
+        <v>2007</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
-        <v>1971</v>
+        <v>2015</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>1999</v>
+        <v>1976</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24">
-        <v>1964</v>
+        <v>2000</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25">
-        <v>2007</v>
+        <v>1972</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>2007</v>
+        <v>1982</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>51</v>
       </c>
       <c r="G26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>