--- v1 (2025-11-16)
+++ v2 (2025-12-10)
@@ -113,105 +113,105 @@
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>En torno a The File Room de Antoni Muntadas: Un ejemplo pionero de ciber-artivismo</t>
   </si>
   <si>
     <t>Traducción, género y censura en la literatura y en los medios de comunicación</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Recerca en Humanitats 2018</t>
   </si>
   <si>
     <t>Muntadas. On Media Control</t>
   </si>
   <si>
     <t>The Global Work of Art: World's Fairs, Biennials, and the Aesthetics of Experience</t>
   </si>
   <si>
     <t>Chicago (IL)</t>
   </si>
   <si>
+    <t>Joris Ivens ou la mémoire d'un regard</t>
+  </si>
+  <si>
+    <t>Francia</t>
+  </si>
+  <si>
     <t>Les grands textes de la Psychologue Moderne: recueil méthodique à l'usage des candidats Baccalauréat, Primière Supérieure, Enseignement Supérieur</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Arte y globalización</t>
   </si>
   <si>
     <t>Science Projects and Experiments for The Junior Scientist: The Five Senses</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>La construcción de mundos por imágenes</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>Progetto per la creazione di un processo di metabolizzazione artificiale delle immagini mediatiche sul web.</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Dispositifs artistiques, dispositifs politiques. Une esthétique opérationelle comme faculté de mobilisation individuelle et collective.</t>
   </si>
   <si>
     <t>Dossier: Video</t>
   </si>
   <si>
     <t>L'Art et les expositions en Espagne pendant le franquisme</t>
   </si>
   <si>
     <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Esquizofrenia y presión social</t>
-  </si>
-[...4 lines deleted...]
-    <t>Francia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -803,264 +803,264 @@
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
         <v>2016</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
-        <v>1971</v>
+        <v>1982</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>1999</v>
+        <v>1971</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
-        <v>1964</v>
+        <v>2006</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19">
-        <v>2007</v>
+        <v>1964</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>41</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20">
         <v>2007</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>1976</v>
+        <v>2015</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>2005</v>
+        <v>1976</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25">
-        <v>1972</v>
+        <v>2000</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>1982</v>
+        <v>1972</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="G26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>