--- v2 (2025-12-10)
+++ v3 (2026-01-02)
@@ -113,105 +113,105 @@
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>En torno a The File Room de Antoni Muntadas: Un ejemplo pionero de ciber-artivismo</t>
   </si>
   <si>
     <t>Traducción, género y censura en la literatura y en los medios de comunicación</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Recerca en Humanitats 2018</t>
   </si>
   <si>
     <t>Muntadas. On Media Control</t>
   </si>
   <si>
     <t>The Global Work of Art: World's Fairs, Biennials, and the Aesthetics of Experience</t>
   </si>
   <si>
     <t>Chicago (IL)</t>
   </si>
   <si>
+    <t>Science Projects and Experiments for The Junior Scientist: The Five Senses</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>La construcción de mundos por imágenes</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Progetto per la creazione di un processo di metabolizzazione artificiale delle immagini mediatiche sul web.</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Dispositifs artistiques, dispositifs politiques. Une esthétique opérationelle comme faculté de mobilisation individuelle et collective.</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Dossier: Video</t>
+  </si>
+  <si>
+    <t>L'Art et les expositions en Espagne pendant le franquisme</t>
+  </si>
+  <si>
+    <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Esquizofrenia y presión social</t>
+  </si>
+  <si>
     <t>Joris Ivens ou la mémoire d'un regard</t>
   </si>
   <si>
     <t>Francia</t>
   </si>
   <si>
     <t>Les grands textes de la Psychologue Moderne: recueil méthodique à l'usage des candidats Baccalauréat, Primière Supérieure, Enseignement Supérieur</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Arte y globalización</t>
-  </si>
-[...34 lines deleted...]
-    <t>Esquizofrenia y presión social</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -803,260 +803,260 @@
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
         <v>2016</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
-        <v>1982</v>
+        <v>1964</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>1971</v>
+        <v>2007</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>38</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19">
-        <v>1964</v>
+        <v>1976</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>2015</v>
+        <v>1972</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24">
-        <v>2005</v>
+        <v>1971</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>1972</v>
+        <v>2006</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>