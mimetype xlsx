--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -215,111 +215,111 @@
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Museo d’Arte Contemporanea Roma  (MACRO)</t>
   </si>
   <si>
     <t>Antoni Muntadas. La metodologia del progetto. Due Lectio Magistralis al MACRO Asilo</t>
   </si>
   <si>
     <t>Roma 4 décembre 2017</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Tale padre, tale figlia</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Antoni Muntadas presents Media Sites / Media Monuments: Roma at MAXXI</t>
   </si>
   <si>
+    <t>La ricerca della lingua perfetta</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Metodologia del progetto. 18 aprile 14 giugno 2017</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Muntadas, se il fine giustifica I mezzi</t>
+  </si>
+  <si>
+    <t>Muntadas: About Academia [Folleto Roma]</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas : Guilio Squillacciotti : al Gianicolo</t>
+  </si>
+  <si>
     <t>Muntadas.Protocolli e Derive Veneziani</t>
   </si>
   <si>
     <t>Start Up. Quattro Agenzie per la produzione del possibile. Oggetti Anomali / Start Up. Four Agencies for the production of the possible. Anomalous Objects</t>
   </si>
   <si>
-    <t>Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Netspace. Nat Archives. Viaggio nell'arte della rete</t>
   </si>
   <si>
     <t>Conversazione d’autore. Antoni Muntadas.</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Traduzione e interpretazione tra arte, società e culture: Antoni Muntadas</t>
   </si>
   <si>
     <t>Connect_Disconnect. 5 giorni_5 ospiti</t>
   </si>
   <si>
     <t>Video'79. Video-The first decade dieci anni di videotape</t>
   </si>
   <si>
     <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Arte identità confini</t>
   </si>
   <si>
     <t>I Martedi Critici. Antoni Muntadas</t>
   </si>
   <si>
     <t>La patria degli altri</t>
   </si>
   <si>
     <t>Antoni Muntadas. La Metodologia del Progetto</t>
-  </si>
-[...16 lines deleted...]
-    <t>Antoni Muntadas : Guilio Squillacciotti : al Gianicolo</t>
   </si>
   <si>
     <t>Elena Giulia Rossi</t>
   </si>
   <si>
     <t>Media connection</t>
   </si>
   <si>
     <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
   </si>
   <si>
     <t>On Translation: The Message</t>
   </si>
   <si>
     <t>Roma, Nueva York (NY)</t>
   </si>
   <si>
     <t>Accademia di Belle Arti di Roma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1333,398 +1333,398 @@
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
         <v>33</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>67</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="D42">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>68</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
         <v>69</v>
       </c>
       <c r="D43">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>70</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="D44">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>71</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
         <v>72</v>
       </c>
       <c r="D45">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>73</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="D46">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>74</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="D47">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>75</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="D48">
-        <v>1979</v>
+        <v>2016</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>76</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="D49">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>77</v>
+      </c>
+      <c r="B50" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" t="s">
         <v>78</v>
       </c>
-      <c r="B50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>79</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D51">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>80</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="D52">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="D53">
-        <v>2016</v>
+        <v>1979</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>82</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
-        <v>44</v>
+        <v>83</v>
       </c>
       <c r="D54">
-        <v>1993</v>
+        <v>2017</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="D55">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="D56">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="D57">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="D58">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>35</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>89</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>90</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>