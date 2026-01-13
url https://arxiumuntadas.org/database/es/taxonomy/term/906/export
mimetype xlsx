--- v1 (2025-11-14)
+++ v2 (2026-01-13)
@@ -215,111 +215,111 @@
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Museo d’Arte Contemporanea Roma  (MACRO)</t>
   </si>
   <si>
     <t>Antoni Muntadas. La metodologia del progetto. Due Lectio Magistralis al MACRO Asilo</t>
   </si>
   <si>
     <t>Roma 4 décembre 2017</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Tale padre, tale figlia</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Antoni Muntadas presents Media Sites / Media Monuments: Roma at MAXXI</t>
   </si>
   <si>
+    <t>Netspace. Nat Archives. Viaggio nell'arte della rete</t>
+  </si>
+  <si>
+    <t>Conversazione d’autore. Antoni Muntadas.</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Traduzione e interpretazione tra arte, società e culture: Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Connect_Disconnect. 5 giorni_5 ospiti</t>
+  </si>
+  <si>
+    <t>Video'79. Video-The first decade dieci anni di videotape</t>
+  </si>
+  <si>
+    <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
+  </si>
+  <si>
+    <t>Charla, Flyer</t>
+  </si>
+  <si>
+    <t>Arte identità confini</t>
+  </si>
+  <si>
+    <t>I Martedi Critici. Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>La patria degli altri</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. La Metodologia del Progetto</t>
+  </si>
+  <si>
     <t>La ricerca della lingua perfetta</t>
   </si>
   <si>
     <t>Antoni Muntadas. Metodologia del progetto. 18 aprile 14 giugno 2017</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Muntadas, se il fine giustifica I mezzi</t>
   </si>
   <si>
     <t>Muntadas: About Academia [Folleto Roma]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Antoni Muntadas : Guilio Squillacciotti : al Gianicolo</t>
   </si>
   <si>
     <t>Muntadas.Protocolli e Derive Veneziani</t>
   </si>
   <si>
     <t>Start Up. Quattro Agenzie per la produzione del possibile. Oggetti Anomali / Start Up. Four Agencies for the production of the possible. Anomalous Objects</t>
-  </si>
-[...34 lines deleted...]
-    <t>Antoni Muntadas. La Metodologia del Progetto</t>
   </si>
   <si>
     <t>Elena Giulia Rossi</t>
   </si>
   <si>
     <t>Media connection</t>
   </si>
   <si>
     <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
   </si>
   <si>
     <t>On Translation: The Message</t>
   </si>
   <si>
     <t>Roma, Nueva York (NY)</t>
   </si>
   <si>
     <t>Accademia di Belle Arti di Roma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1333,398 +1333,398 @@
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
         <v>33</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>67</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D42">
-        <v>1993</v>
+        <v>2005</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>68</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
         <v>69</v>
       </c>
       <c r="D43">
         <v>2017</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>70</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D44">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>71</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D45">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="D46">
-        <v>2011</v>
+        <v>1979</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>73</v>
+      </c>
+      <c r="B47" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" t="s">
         <v>74</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>75</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="D48">
-        <v>2016</v>
+        <v>1995</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>76</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="D49">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>77</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="D50">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D51">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="D52">
-        <v>2017</v>
+        <v>1993</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>80</v>
+      </c>
+      <c r="B53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" t="s">
         <v>81</v>
       </c>
-      <c r="B53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D53">
-        <v>1979</v>
+        <v>2017</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>82</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
       <c r="D54">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>83</v>
+      </c>
+      <c r="B55" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
         <v>84</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D56">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="D57">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="D58">
         <v>2016</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>35</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>89</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>90</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>