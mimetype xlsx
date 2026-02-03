--- v2 (2026-01-13)
+++ v3 (2026-02-03)
@@ -215,120 +215,120 @@
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Museo d’Arte Contemporanea Roma  (MACRO)</t>
   </si>
   <si>
     <t>Antoni Muntadas. La metodologia del progetto. Due Lectio Magistralis al MACRO Asilo</t>
   </si>
   <si>
     <t>Roma 4 décembre 2017</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Tale padre, tale figlia</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Antoni Muntadas presents Media Sites / Media Monuments: Roma at MAXXI</t>
   </si>
   <si>
+    <t>Muntadas: About Academia [Folleto Roma]</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas : Guilio Squillacciotti : al Gianicolo</t>
+  </si>
+  <si>
+    <t>Muntadas.Protocolli e Derive Veneziani</t>
+  </si>
+  <si>
+    <t>Start Up. Quattro Agenzie per la produzione del possibile. Oggetti Anomali / Start Up. Four Agencies for the production of the possible. Anomalous Objects</t>
+  </si>
+  <si>
     <t>Netspace. Nat Archives. Viaggio nell'arte della rete</t>
   </si>
   <si>
     <t>Conversazione d’autore. Antoni Muntadas.</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Traduzione e interpretazione tra arte, società e culture: Antoni Muntadas</t>
   </si>
   <si>
     <t>Connect_Disconnect. 5 giorni_5 ospiti</t>
   </si>
   <si>
     <t>Video'79. Video-The first decade dieci anni di videotape</t>
   </si>
   <si>
     <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Arte identità confini</t>
   </si>
   <si>
     <t>I Martedi Critici. Antoni Muntadas</t>
   </si>
   <si>
     <t>La patria degli altri</t>
   </si>
   <si>
     <t>Antoni Muntadas. La Metodologia del Progetto</t>
   </si>
   <si>
     <t>La ricerca della lingua perfetta</t>
   </si>
   <si>
     <t>Antoni Muntadas. Metodologia del progetto. 18 aprile 14 giugno 2017</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Muntadas, se il fine giustifica I mezzi</t>
   </si>
   <si>
-    <t>Muntadas: About Academia [Folleto Roma]</t>
-[...13 lines deleted...]
-  <si>
     <t>Elena Giulia Rossi</t>
   </si>
   <si>
+    <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
+  </si>
+  <si>
     <t>Media connection</t>
-  </si>
-[...1 lines deleted...]
-    <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
   </si>
   <si>
     <t>On Translation: The Message</t>
   </si>
   <si>
     <t>Roma, Nueva York (NY)</t>
   </si>
   <si>
     <t>Accademia di Belle Arti di Roma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1333,398 +1333,398 @@
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
         <v>33</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>67</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="D42">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>69</v>
+      </c>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" t="s">
         <v>68</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>70</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="D44">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>71</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D45">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>72</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D46">
-        <v>1979</v>
+        <v>2005</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>73</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
         <v>74</v>
       </c>
       <c r="D47">
         <v>2017</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>75</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D48">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>76</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
         <v>74</v>
       </c>
       <c r="D49">
         <v>2017</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>77</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>44</v>
       </c>
       <c r="D50">
-        <v>2013</v>
+        <v>1979</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>78</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D51">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
         <v>44</v>
       </c>
       <c r="D52">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D53">
         <v>2017</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>82</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="D54">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>83</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="D55">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="D56">
-        <v>2011</v>
+        <v>1993</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
+        <v>85</v>
+      </c>
+      <c r="B57" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" t="s">
         <v>86</v>
       </c>
-      <c r="B57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="D58">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>35</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>90</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>