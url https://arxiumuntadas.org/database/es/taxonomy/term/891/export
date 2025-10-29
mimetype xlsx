--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -212,117 +212,117 @@
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>La cuestión del Estrecho en On Translation: Miedo / Jauf de Muntadas</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Atravesando fronteras: realidad y representación en el Mediterráneo</t>
   </si>
   <si>
     <t>En torno a The File Room de Antoni Muntadas: Un ejemplo pionero de ciber-artivismo</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [2006]</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [1992]</t>
   </si>
   <si>
     <t>Muntadas: Proyectos urbanos (2002/2005) …hacia Sevilla 2008</t>
   </si>
   <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas, el traductor de imágenes</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad : Proyecto de arte público para la ciudad de Sevilla</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas, Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
     <t>Trabajos sobre los 4 elementos en la Galería Juana de Aizpuru</t>
   </si>
   <si>
     <t>Fundação De Serralves Um Museu Português / Fundação De Serralves A Portuguese Museum</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>About Academia. Un Proyecto de Muntadas [Folleto]</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Folleto</t>
   </si>
   <si>
     <t>Artifariti VI. VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
     <t>About Academia II (las transcripciones: un documento interno)</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Técnicas y tecnologías de la acción creativa frente al control social mediático: Actitudes críticas en la obra de Antoni Muntadas</t>
   </si>
   <si>
     <t>Tesis doctoral</t>
   </si>
   <si>
     <t>About Academia I (las transcripciones: un documento interno)</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
   </si>
   <si>
     <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
   </si>
   <si>
     <t>Programa de TV</t>
-  </si>
-[...25 lines deleted...]
-    <t>El artista y la ciudad</t>
   </si>
   <si>
     <t>Artifariti Vi.VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
     <t>About Academia. Un proyecto de Muntadas.</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Sibila</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>CAAC - Centro Andaluz de Arte Contemporáneo</t>
   </si>
 </sst>
 </file>
 
@@ -1318,428 +1318,428 @@
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D39">
-        <v>1973</v>
+        <v>2014</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D40">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D41">
         <v>1992</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42">
-        <v>2004</v>
+        <v>1992</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D43">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44">
-        <v>2013</v>
+        <v>1992</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="D45">
-        <v>2017</v>
+        <v>1973</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="D46">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>76</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D47">
-        <v>2017</v>
+        <v>1992</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D48">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>78</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
         <v>79</v>
       </c>
       <c r="D49">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>80</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D50">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>81</v>
+      </c>
+      <c r="B51" t="s">
+        <v>8</v>
+      </c>
+      <c r="C51" t="s">
         <v>82</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>83</v>
+      </c>
+      <c r="B52" t="s">
+        <v>8</v>
+      </c>
+      <c r="C52" t="s">
         <v>84</v>
       </c>
-      <c r="B52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="D53">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
       <c r="D54">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>87</v>
+      </c>
+      <c r="B55" t="s">
+        <v>8</v>
+      </c>
+      <c r="C55" t="s">
         <v>88</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B57" t="s">
         <v>19</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="B60" t="s">
         <v>19</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>91</v>
       </c>
       <c r="B61" t="s">
         <v>92</v>
       </c>
       <c r="C61"/>
       <c r="D61">
         <v>1992</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">