--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -212,50 +212,56 @@
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>La cuestión del Estrecho en On Translation: Miedo / Jauf de Muntadas</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Atravesando fronteras: realidad y representación en el Mediterráneo</t>
   </si>
   <si>
     <t>En torno a The File Room de Antoni Muntadas: Un ejemplo pionero de ciber-artivismo</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [2006]</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [1992]</t>
   </si>
   <si>
     <t>Muntadas: Proyectos urbanos (2002/2005) …hacia Sevilla 2008</t>
   </si>
   <si>
+    <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>Programa de TV</t>
+  </si>
+  <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
   </si>
   <si>
     <t>Barcelona, Granada, Madrid, Sevilla</t>
   </si>
   <si>
     <t>Antoni Muntadas, el traductor de imágenes</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>El artista y la ciudad : Proyecto de arte público para la ciudad de Sevilla</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Otros materiales de difusión</t>
   </si>
   <si>
     <t>El artista y la ciudad</t>
@@ -273,56 +279,50 @@
     <t>About Academia. Un Proyecto de Muntadas [Folleto]</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Folleto</t>
   </si>
   <si>
     <t>Artifariti VI. VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
     <t>About Academia II (las transcripciones: un documento interno)</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Técnicas y tecnologías de la acción creativa frente al control social mediático: Actitudes críticas en la obra de Antoni Muntadas</t>
   </si>
   <si>
     <t>Tesis doctoral</t>
   </si>
   <si>
     <t>About Academia I (las transcripciones: un documento interno)</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
-  </si>
-[...4 lines deleted...]
-    <t>Programa de TV</t>
   </si>
   <si>
     <t>Artifariti Vi.VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
     <t>About Academia. Un proyecto de Muntadas.</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Sibila</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>CAAC - Centro Andaluz de Arte Contemporáneo</t>
   </si>
 </sst>
 </file>
 
@@ -1318,413 +1318,413 @@
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="D39">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="D40">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>70</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
         <v>71</v>
       </c>
       <c r="D41">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>72</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="D42">
         <v>1992</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="D43">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="D44">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D45">
-        <v>1973</v>
+        <v>1992</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D46">
-        <v>2004</v>
+        <v>1973</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>77</v>
+        <v>25</v>
       </c>
       <c r="D47">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="D48">
-        <v>2004</v>
+        <v>1992</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="D49">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>80</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D50">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="D51">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>83</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>84</v>
       </c>
       <c r="D52">
         <v>2017</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>85</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D53">
         <v>2017</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="D54">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="D55">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="B57" t="s">
         <v>19</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>74</v>
       </c>
       <c r="B60" t="s">
         <v>19</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>