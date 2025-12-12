--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -212,50 +212,65 @@
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>La cuestión del Estrecho en On Translation: Miedo / Jauf de Muntadas</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Atravesando fronteras: realidad y representación en el Mediterráneo</t>
   </si>
   <si>
     <t>En torno a The File Room de Antoni Muntadas: Un ejemplo pionero de ciber-artivismo</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [2006]</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [1992]</t>
   </si>
   <si>
     <t>Muntadas: Proyectos urbanos (2002/2005) …hacia Sevilla 2008</t>
   </si>
   <si>
+    <t>Técnicas y tecnologías de la acción creativa frente al control social mediático: Actitudes críticas en la obra de Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>About Academia I (las transcripciones: un documento interno) [Sevilla]</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
     <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
   </si>
   <si>
     <t>Programa de TV</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
   </si>
   <si>
     <t>Barcelona, Granada, Madrid, Sevilla</t>
   </si>
   <si>
     <t>Antoni Muntadas, el traductor de imágenes</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>El artista y la ciudad : Proyecto de arte público para la ciudad de Sevilla</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
@@ -263,84 +278,69 @@
   <si>
     <t>Catálogo Individual Muntadas, Otros materiales de difusión</t>
   </si>
   <si>
     <t>El artista y la ciudad</t>
   </si>
   <si>
     <t>Trabajos sobre los 4 elementos en la Galería Juana de Aizpuru</t>
   </si>
   <si>
     <t>Fundação De Serralves Um Museu Português / Fundação De Serralves A Portuguese Museum</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>About Academia. Un Proyecto de Muntadas [Folleto]</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Folleto</t>
   </si>
   <si>
     <t>Artifariti VI. VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
-    <t>About Academia II (las transcripciones: un documento interno)</t>
-[...14 lines deleted...]
-    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+    <t>About Academia II (las transcripciones: un documento interno) [Sevilla]</t>
   </si>
   <si>
     <t>Artifariti Vi.VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
-    <t>About Academia. Un proyecto de Muntadas.</t>
+    <t>About Academia. Un proyecto de Muntadas [Sevilla]</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>Sibila</t>
-  </si>
-[...1 lines deleted...]
-    <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>CAAC - Centro Andaluz de Arte Contemporáneo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1321,485 +1321,485 @@
       <c r="A38" t="s">
         <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>67</v>
       </c>
       <c r="D39">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="D40">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>70</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="D41">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>71</v>
+      </c>
+      <c r="B42" t="s">
+        <v>8</v>
+      </c>
+      <c r="C42" t="s">
         <v>72</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D43">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D44">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="D45">
         <v>1992</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D46">
-        <v>1973</v>
+        <v>1992</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D47">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="D48">
         <v>1992</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D49">
-        <v>2004</v>
+        <v>1973</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="D50">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="D51">
-        <v>2013</v>
+        <v>1992</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="D52">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>85</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
         <v>86</v>
       </c>
       <c r="D53">
         <v>2017</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>87</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="D54">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>88</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="D55">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="B57" t="s">
         <v>19</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="B60" t="s">
         <v>19</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>91</v>
       </c>
       <c r="B61" t="s">
         <v>92</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1992</v>
+        <v>1973</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>93</v>
       </c>
       <c r="B62" t="s">
         <v>92</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>94</v>
       </c>
       <c r="B63" t="s">
         <v>92</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1973</v>
+        <v>2002</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>95</v>
       </c>
       <c r="B64" t="s">
         <v>14</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>