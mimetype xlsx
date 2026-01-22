--- v3 (2025-12-12)
+++ v4 (2026-01-22)
@@ -212,117 +212,117 @@
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>La cuestión del Estrecho en On Translation: Miedo / Jauf de Muntadas</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Atravesando fronteras: realidad y representación en el Mediterráneo</t>
   </si>
   <si>
     <t>En torno a The File Room de Antoni Muntadas: Un ejemplo pionero de ciber-artivismo</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [2006]</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [1992]</t>
   </si>
   <si>
     <t>Muntadas: Proyectos urbanos (2002/2005) …hacia Sevilla 2008</t>
   </si>
   <si>
+    <t>Artifariti VI. VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
+  </si>
+  <si>
+    <t>About Academia II (las transcripciones: un documento interno) [Sevilla]</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
     <t>Técnicas y tecnologías de la acción creativa frente al control social mediático: Actitudes críticas en la obra de Antoni Muntadas</t>
   </si>
   <si>
     <t>Tesis doctoral</t>
   </si>
   <si>
     <t>About Academia I (las transcripciones: un documento interno) [Sevilla]</t>
   </si>
   <si>
-    <t>Catálogo Individual Muntadas</t>
-[...1 lines deleted...]
-  <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
   </si>
   <si>
     <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
   </si>
   <si>
     <t>Programa de TV</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
   </si>
   <si>
     <t>Barcelona, Granada, Madrid, Sevilla</t>
   </si>
   <si>
     <t>Antoni Muntadas, el traductor de imágenes</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>El artista y la ciudad : Proyecto de arte público para la ciudad de Sevilla</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Otros materiales de difusión</t>
   </si>
   <si>
     <t>El artista y la ciudad</t>
   </si>
   <si>
     <t>Trabajos sobre los 4 elementos en la Galería Juana de Aizpuru</t>
   </si>
   <si>
     <t>Fundação De Serralves Um Museu Português / Fundação De Serralves A Portuguese Museum</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>About Academia. Un Proyecto de Muntadas [Folleto]</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Folleto</t>
-  </si>
-[...4 lines deleted...]
-    <t>About Academia II (las transcripciones: un documento interno) [Sevilla]</t>
   </si>
   <si>
     <t>Artifariti Vi.VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
     <t>About Academia. Un proyecto de Muntadas [Sevilla]</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall</t>
   </si>
   <si>
     <t>Sibila</t>
   </si>
   <si>
     <t>CAAC - Centro Andaluz de Arte Contemporáneo</t>
   </si>
 </sst>
 </file>
 
@@ -1318,383 +1318,383 @@
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="D39">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>67</v>
+      </c>
+      <c r="B40" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D40">
         <v>2017</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>69</v>
+      </c>
+      <c r="B41" t="s">
+        <v>8</v>
+      </c>
+      <c r="C41" t="s">
         <v>70</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>71</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D42">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
         <v>37</v>
       </c>
       <c r="D43">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D44">
         <v>2008</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="D45">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="D46">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
         <v>80</v>
       </c>
       <c r="D47">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>81</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48">
         <v>1992</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>65</v>
+      </c>
+      <c r="B49" t="s">
+        <v>8</v>
+      </c>
+      <c r="C49" t="s">
         <v>82</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49">
-        <v>1973</v>
+        <v>2006</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50">
-        <v>2004</v>
+        <v>1992</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="D51">
-        <v>1992</v>
+        <v>1973</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52">
         <v>2004</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>85</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
         <v>86</v>
       </c>
       <c r="D53">
-        <v>2017</v>
+        <v>1992</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>87</v>
+      </c>
+      <c r="B55" t="s">
+        <v>8</v>
+      </c>
+      <c r="C55" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D55">
         <v>2017</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B57" t="s">
         <v>19</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>