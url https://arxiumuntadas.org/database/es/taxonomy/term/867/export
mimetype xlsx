--- v0 (2025-10-08)
+++ v1 (2025-12-10)
@@ -95,57 +95,57 @@
   <si>
     <t>Centro Párraga</t>
   </si>
   <si>
     <t>Contra la publicidad. Arte y apropiación publicitaria en España en el siglo XXI</t>
   </si>
   <si>
     <t>Espacios de Memoria</t>
   </si>
   <si>
     <t>Islarios de la contemporaneidad. Anomia digital y crítica de perspectivas múltiples</t>
   </si>
   <si>
     <t>Álvaro Talavera</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Ayuntamiento de Murcia</t>
   </si>
   <si>
     <t>Universidad de Murcia</t>
   </si>
   <si>
+    <t>La Conquista de la Ubicuidad</t>
+  </si>
+  <si>
+    <t>La escena sin fin. El arte en la era big bang.</t>
+  </si>
+  <si>
     <t>Contraparada 3</t>
-  </si>
-[...4 lines deleted...]
-    <t>La escena sin fin. El arte en la era big bang.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -701,114 +701,114 @@
       <c r="A14" t="s">
         <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>12</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>16</v>
       </c>
       <c r="D15">
-        <v>1982</v>
+        <v>2003</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D16">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>29</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D17">
-        <v>2013</v>
+        <v>1982</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B19" t="s">
         <v>18</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>