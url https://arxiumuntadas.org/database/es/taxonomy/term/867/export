--- v1 (2025-12-10)
+++ v2 (2026-01-18)
@@ -95,57 +95,57 @@
   <si>
     <t>Centro Párraga</t>
   </si>
   <si>
     <t>Contra la publicidad. Arte y apropiación publicitaria en España en el siglo XXI</t>
   </si>
   <si>
     <t>Espacios de Memoria</t>
   </si>
   <si>
     <t>Islarios de la contemporaneidad. Anomia digital y crítica de perspectivas múltiples</t>
   </si>
   <si>
     <t>Álvaro Talavera</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Ayuntamiento de Murcia</t>
   </si>
   <si>
     <t>Universidad de Murcia</t>
   </si>
   <si>
+    <t>Contraparada 3</t>
+  </si>
+  <si>
     <t>La Conquista de la Ubicuidad</t>
   </si>
   <si>
-    <t>La escena sin fin. El arte en la era big bang.</t>
-[...2 lines deleted...]
-    <t>Contraparada 3</t>
+    <t>La escena sin fin. El arte en la era big bang</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -701,114 +701,114 @@
       <c r="A14" t="s">
         <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>12</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>16</v>
       </c>
       <c r="D15">
-        <v>2003</v>
+        <v>1982</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D16">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>29</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D17">
-        <v>1982</v>
+        <v>2013</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
         <v>18</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>