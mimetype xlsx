--- v0 (2025-10-09)
+++ v1 (2025-11-14)
@@ -179,111 +179,111 @@
   <si>
     <t>Muntadas: “Le Relazioni oltre le Immagini” al PAC di Milano. L’intervento di Antoni Muntadas</t>
   </si>
   <si>
     <t>Entre / Between [Artículo Domus]</t>
   </si>
   <si>
     <t>Translations, Protocols and Archives</t>
   </si>
   <si>
     <t>Nuova Accademia di Belle Arti (NABA)</t>
   </si>
   <si>
     <t>Raphaelle Blanga</t>
   </si>
   <si>
     <t>International Lexicon of Aesthetics: "Museal Communication"</t>
   </si>
   <si>
     <t>Openspace, Progetto Giovanni Comuni di Milano</t>
   </si>
   <si>
     <t>La città degli interventi / The City of the Interventions. La Generazione delle Immagini III</t>
   </si>
   <si>
+    <t>Support Structures</t>
+  </si>
+  <si>
+    <t>Perché non parli? Le discipline dell'arte contemporanea raccontate dagli autori</t>
+  </si>
+  <si>
+    <t>L'arte che traduce. La traduzione visuale nell'opera di Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Spatial practices. Funzione pubblica e politica dell'arte nella società delle reti</t>
+  </si>
+  <si>
+    <t>Video Writings by Artists (1970-1990)</t>
+  </si>
+  <si>
+    <t>Due parole sul trasporre</t>
+  </si>
+  <si>
+    <t>Post no bills. Segnali urbani. Arte Visive- Ambiente Quaderno n. 2</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>I Padiglioni della Biennale di Venezia</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Carambolage IV. Civitas.</t>
+  </si>
+  <si>
+    <t>Opera aperta. Forma e indeterminazione nelle poetiche contemporanee</t>
+  </si>
+  <si>
+    <t>Artscape. Panorama dell'arte in Rete. I Turbamenti dell'Arte</t>
+  </si>
+  <si>
+    <t>L'immagine video. Arti visuali e nuovi media elettronici</t>
+  </si>
+  <si>
+    <t>Quando è scultura</t>
+  </si>
+  <si>
+    <t>Arte e Media. Avanguardie e comunicazione di massa</t>
+  </si>
+  <si>
+    <t>Just another exhibition. Storie politiche delle biennali</t>
+  </si>
+  <si>
     <t>Quando è Scultura</t>
-  </si>
-[...58 lines deleted...]
-    <t>Just another exhibition. Storie politiche delle biennali</t>
   </si>
   <si>
     <t>Angela Vettese</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1203,436 +1203,436 @@
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D37">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>56</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D38">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>57</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
         <v>41</v>
       </c>
       <c r="D39">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>58</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
         <v>41</v>
       </c>
       <c r="D40">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>59</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41" t="s">
         <v>41</v>
       </c>
       <c r="D41">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>60</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
         <v>41</v>
       </c>
       <c r="D42">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>61</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="D43">
-        <v>2000</v>
+        <v>1980</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
       <c r="C44" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D44">
-        <v>1980</v>
+        <v>2004</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
         <v>65</v>
       </c>
       <c r="D45">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D46">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="D47">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>69</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="D48">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>70</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
         <v>41</v>
       </c>
       <c r="D49">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D50">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D51">
-        <v>2009</v>
+        <v>1990</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>72</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D52">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>73</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D53">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>74</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D54">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>75</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D55">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>76</v>
       </c>
       <c r="B56" t="s">
         <v>44</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>77</v>
       </c>
       <c r="B59" t="s">
         <v>26</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>1989</v>
       </c>
       <c r="E59">
         <v>1999</v>