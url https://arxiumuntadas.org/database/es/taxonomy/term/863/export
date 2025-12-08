--- v1 (2025-11-14)
+++ v2 (2025-12-08)
@@ -179,111 +179,111 @@
   <si>
     <t>Muntadas: “Le Relazioni oltre le Immagini” al PAC di Milano. L’intervento di Antoni Muntadas</t>
   </si>
   <si>
     <t>Entre / Between [Artículo Domus]</t>
   </si>
   <si>
     <t>Translations, Protocols and Archives</t>
   </si>
   <si>
     <t>Nuova Accademia di Belle Arti (NABA)</t>
   </si>
   <si>
     <t>Raphaelle Blanga</t>
   </si>
   <si>
     <t>International Lexicon of Aesthetics: "Museal Communication"</t>
   </si>
   <si>
     <t>Openspace, Progetto Giovanni Comuni di Milano</t>
   </si>
   <si>
     <t>La città degli interventi / The City of the Interventions. La Generazione delle Immagini III</t>
   </si>
   <si>
+    <t>Due parole sul trasporre</t>
+  </si>
+  <si>
+    <t>Post no bills. Segnali urbani. Arte Visive- Ambiente Quaderno n. 2</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>I Padiglioni della Biennale di Venezia</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Carambolage IV. Civitas.</t>
+  </si>
+  <si>
+    <t>Opera aperta. Forma e indeterminazione nelle poetiche contemporanee</t>
+  </si>
+  <si>
+    <t>Artscape. Panorama dell'arte in Rete. I Turbamenti dell'Arte</t>
+  </si>
+  <si>
     <t>Support Structures</t>
   </si>
   <si>
+    <t>L'immagine video. Arti visuali e nuovi media elettronici</t>
+  </si>
+  <si>
+    <t>Quando è scultura</t>
+  </si>
+  <si>
+    <t>Arte e Media. Avanguardie e comunicazione di massa</t>
+  </si>
+  <si>
+    <t>Just another exhibition. Storie politiche delle biennali</t>
+  </si>
+  <si>
+    <t>Quando è Scultura</t>
+  </si>
+  <si>
     <t>Perché non parli? Le discipline dell'arte contemporanea raccontate dagli autori</t>
   </si>
   <si>
     <t>L'arte che traduce. La traduzione visuale nell'opera di Antoni Muntadas</t>
   </si>
   <si>
     <t>Spatial practices. Funzione pubblica e politica dell'arte nella società delle reti</t>
   </si>
   <si>
     <t>Video Writings by Artists (1970-1990)</t>
-  </si>
-[...46 lines deleted...]
-    <t>Quando è Scultura</t>
   </si>
   <si>
     <t>Angela Vettese</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1203,436 +1203,436 @@
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D37">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>56</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="D38">
-        <v>2010</v>
+        <v>1980</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="D39">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D40">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="D41">
-        <v>2017</v>
+        <v>1999</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="D42">
         <v>2000</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="D43">
-        <v>1980</v>
+        <v>2013</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
       <c r="C44" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="D44">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="D45">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="D46">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>68</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="D47">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>69</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
         <v>41</v>
       </c>
       <c r="D48">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>70</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D49">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D50">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D51">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>72</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D52">
         <v>2010</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>73</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53" t="s">
         <v>41</v>
       </c>
       <c r="D53">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>74</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D54">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>75</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
         <v>41</v>
       </c>
       <c r="D55">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>76</v>
       </c>
       <c r="B56" t="s">
         <v>44</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>77</v>
       </c>
       <c r="B59" t="s">
         <v>26</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>1989</v>
       </c>
       <c r="E59">
         <v>1999</v>