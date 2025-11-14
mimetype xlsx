--- v0 (2025-10-09)
+++ v1 (2025-11-14)
@@ -263,59 +263,161 @@
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Entrevista a Muntadas (I) [Realizada por Diego Luna]</t>
   </si>
   <si>
     <t>Proyectar. Imagen. Intervención. Construcción. Espacio público.</t>
   </si>
   <si>
     <t>Entrevista / Conversación, Folleto</t>
   </si>
   <si>
     <t>Antoni Muntadas inaugura a exposición 'Estratexias do desprazamento'</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Censoring Culture</t>
   </si>
   <si>
+    <t>mono 7:  En las ciudades</t>
+  </si>
+  <si>
+    <t>Trânsitos e outras direções</t>
+  </si>
+  <si>
+    <t>Lisboa</t>
+  </si>
+  <si>
+    <t>Support Structures</t>
+  </si>
+  <si>
+    <t>Vanguardias artísticas y realidad semiológica</t>
+  </si>
+  <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Rennes</t>
+  </si>
+  <si>
+    <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas inaugura en Madrid “Híbridos” un recorrido a través de su obra conceptual</t>
+  </si>
+  <si>
+    <t>Entrevista</t>
+  </si>
+  <si>
+    <t>En Torno a En torno al vídeo</t>
+  </si>
+  <si>
+    <t>El sofisticado lenguaje de las instalaciones</t>
+  </si>
+  <si>
+    <t>Muntadas en Latinoamérica</t>
+  </si>
+  <si>
+    <t>Caldas</t>
+  </si>
+  <si>
+    <t>Muntadas: Personal/Public Conversation</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas On Translation</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Matador P</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas: la desmitificación del medio</t>
+  </si>
+  <si>
+    <t>On Translation</t>
+  </si>
+  <si>
+    <t>Verdad y Libertad. Escuchando a José Ramón Pérez Ornia</t>
+  </si>
+  <si>
+    <t>A memória de Serralves segundo Muntadas</t>
+  </si>
+  <si>
+    <t>Porto / Oporto</t>
+  </si>
+  <si>
+    <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
+  </si>
+  <si>
+    <t>Conversa com Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>"Mis obras son como preguntas que me hago y que las extiendo"</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Josep Lluís Sert/A Nomadic Dream</t>
+  </si>
+  <si>
+    <t>À propos de The File Room d'Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Hugo Roelandt En New Reform, De Aalsterse Connectie</t>
+  </si>
+  <si>
+    <t>Alost</t>
+  </si>
+  <si>
+    <t>Muntadas Principes d'intervention/ Muntadas principals of intervention</t>
+  </si>
+  <si>
+    <t>eitbkultura Agenda</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
     <t>Sites 7. Muntadas. Media Sites / Media Monuments.</t>
   </si>
   <si>
     <t>En torno a la censura</t>
   </si>
   <si>
-    <t>Support Structures</t>
-[...1 lines deleted...]
-  <si>
     <t>Art et mégalopole RN86</t>
   </si>
   <si>
     <t>Givors</t>
   </si>
   <si>
     <t>not done! (het kunstenaarsboek/the artist's book)</t>
   </si>
   <si>
     <t>Amberes</t>
   </si>
   <si>
     <t>Public Art Dialogue (PAD). Special Issue: Higher Ed.: College Campuses and Public Art</t>
   </si>
   <si>
     <t>Abingdon</t>
   </si>
   <si>
     <t>Antoni Muntadas. Le temps du dialogue</t>
   </si>
   <si>
     <t>Entrevista Muntadas</t>
   </si>
   <si>
     <t>Quito</t>
@@ -326,188 +428,170 @@
   <si>
     <t>L'artista és un traductor constant de la realitat</t>
   </si>
   <si>
     <t>Futebol, mídia e violencia. Para quem?</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>La creación artística como cuestionamiento/Artistic Creation at Stake</t>
   </si>
   <si>
     <t>Antonio Muntadas</t>
   </si>
   <si>
     <t>Londres</t>
   </si>
   <si>
     <t>Tres preguntas a Antonio Muntadas-Prim</t>
   </si>
   <si>
     <t>Antoni Muntadas. Crítica del espacio público</t>
   </si>
   <si>
-    <t>Bilbao</t>
-[...1 lines deleted...]
-  <si>
     <t>Quando è scultura</t>
   </si>
   <si>
     <t>Antonio Muntadas. Paysages médiatiques</t>
   </si>
   <si>
     <t>Interpretación</t>
   </si>
   <si>
     <t>Formas de incidir en el espacio público</t>
   </si>
   <si>
     <t>Between the Frames: The Forum. Interview Transcript</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Rhetorical Image</t>
   </si>
   <si>
     <t>Dalton (GA)</t>
   </si>
   <si>
     <t>En las ciudades</t>
   </si>
   <si>
     <t>Sigue la encuesta</t>
   </si>
   <si>
     <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
   </si>
   <si>
-    <t>San Sebastián</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas Açık Gazete'de Konuğumuzdu</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>The Images From Media Landscape</t>
   </si>
   <si>
     <t>Antoni Muntadas. "Arte y efectividad no se llevan bien"</t>
   </si>
   <si>
     <t>Primer Intento</t>
   </si>
   <si>
     <t>Monument</t>
   </si>
   <si>
     <t>Antoni Muntadas</t>
   </si>
   <si>
     <t>Francia</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
-    <t>Fragments</t>
-[...1 lines deleted...]
-  <si>
     <t>Lleida</t>
   </si>
   <si>
     <t>Esteu a punt per a la televisió? Entrevista a Antoni Muntadas</t>
   </si>
   <si>
     <t>Muntadas: A Man Of His Time</t>
   </si>
   <si>
-    <t>Vancouver</t>
-[...1 lines deleted...]
-  <si>
     <t>"Los artistas debemos trabajar sobre el tiempo en que vivimos e interpretarlo"</t>
   </si>
   <si>
     <t>Interviews: Oral history in contemporary art / L’entretien d’artiste dans l’art contemporain</t>
   </si>
   <si>
     <t>Lausana</t>
   </si>
   <si>
     <t>Conversaciones en torno a: "EL VIDEO COMO MEDIO DE EXPRESION, COMUNICACIÓN E INFORMACION"</t>
   </si>
   <si>
     <t>Muntadas. "No treballo sobre coses que m'imagino ni faig servir la metàfora per la metàfora"</t>
   </si>
   <si>
     <t>"Os espacos respiran, escutam e falam"</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
     <t>En la cúpula neumática. Antonio Muntadas expone su obra "polución audiovisual"</t>
   </si>
   <si>
-    <t>Pamplona</t>
-[...1 lines deleted...]
-  <si>
     <t>"Internet no es más que una nueva utopía"</t>
   </si>
   <si>
     <t>Just another exhibition. Storie politiche delle biennali</t>
   </si>
   <si>
     <t>"Siempre tengo la sensación de partir de cero"</t>
   </si>
   <si>
     <t>De la utilidad de lo bello</t>
   </si>
   <si>
     <t>Conversación con Antoni Muntadas</t>
   </si>
   <si>
     <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
   </si>
   <si>
     <t>Compilación, Entrevista / Conversación</t>
   </si>
   <si>
     <t>Sociologia Plural</t>
   </si>
   <si>
-    <t>Lisboa</t>
-[...1 lines deleted...]
-  <si>
     <t>Visions. MIT Interviews</t>
   </si>
   <si>
     <t>Muntadas: hacia una estrategia de los medios</t>
   </si>
   <si>
     <t>"En vez de un paisaje bucólico, he elegido el de los media"</t>
   </si>
   <si>
     <t>Profil. Súčasného výtvarného umenia / contemporary art magazine 3'12 (marzo 2012)</t>
   </si>
   <si>
     <t>Bratislava</t>
   </si>
   <si>
     <t>Entrevista con Antoni Muntadas. Experiencias de un outsider</t>
   </si>
   <si>
     <t>"Estoy en contra del estilo"</t>
   </si>
   <si>
     <t>Rosario</t>
   </si>
   <si>
     <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
@@ -516,134 +600,50 @@
     <t>Muzzano</t>
   </si>
   <si>
     <t>Cultura moderna nº 2: Cultura y violencia</t>
   </si>
   <si>
     <t>"El arte no puede ser una construcción mental subjetiva"</t>
   </si>
   <si>
     <t>Antoni Muntadas, el traductor de imágenes</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Pavilions/Art in Architecture</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>Antoni Muntadas, artista</t>
   </si>
   <si>
     <t>Muntadas, se il fine giustifica I mezzi</t>
-  </si>
-[...82 lines deleted...]
-    <t>eitbkultura Agenda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1765,1726 +1765,1726 @@
         <v>8</v>
       </c>
       <c r="C44" t="s">
         <v>9</v>
       </c>
       <c r="D44">
         <v>2006</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>30</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>83</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>9</v>
       </c>
       <c r="D45">
-        <v>1982</v>
+        <v>2006</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>84</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
         <v>9</v>
       </c>
       <c r="D47">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>40</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D48">
-        <v>1989</v>
+        <v>1978</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>88</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
         <v>9</v>
       </c>
       <c r="D49">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>89</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>90</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
         <v>9</v>
       </c>
       <c r="D50">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
         <v>9</v>
       </c>
       <c r="D51">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>9</v>
       </c>
       <c r="D52">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E52"/>
-      <c r="F52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
         <v>9</v>
       </c>
       <c r="D53">
-        <v>1983</v>
+        <v>2010</v>
       </c>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
         <v>9</v>
       </c>
       <c r="D54">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
         <v>9</v>
       </c>
       <c r="D55">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
         <v>9</v>
       </c>
       <c r="D56">
-        <v>1990</v>
+        <v>1979</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
         <v>9</v>
       </c>
       <c r="D57">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
         <v>9</v>
       </c>
       <c r="D58">
-        <v>1964</v>
+        <v>2013</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
         <v>9</v>
       </c>
       <c r="D59">
-        <v>1994</v>
+        <v>1989</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>104</v>
+        <v>28</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
         <v>9</v>
       </c>
       <c r="D60">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
         <v>9</v>
       </c>
       <c r="D61">
-        <v>1983</v>
+        <v>2014</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
         <v>9</v>
       </c>
       <c r="D62">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E62"/>
-      <c r="F62"/>
+      <c r="F62" t="s">
+        <v>106</v>
+      </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
         <v>9</v>
       </c>
       <c r="D63">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>9</v>
       </c>
       <c r="D64">
-        <v>1994</v>
+        <v>1979</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
         <v>9</v>
       </c>
       <c r="D65">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
         <v>9</v>
       </c>
       <c r="D66">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
         <v>9</v>
       </c>
       <c r="D67">
-        <v>1970</v>
+        <v>1989</v>
       </c>
       <c r="E67"/>
-      <c r="F67"/>
+      <c r="F67" t="s">
+        <v>10</v>
+      </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
         <v>9</v>
       </c>
       <c r="D68">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
         <v>9</v>
       </c>
       <c r="D69">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
         <v>9</v>
       </c>
       <c r="D70">
-        <v>1983</v>
+        <v>1992</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>9</v>
       </c>
       <c r="D71">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>28</v>
+        <v>117</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
         <v>9</v>
       </c>
       <c r="D72">
-        <v>2016</v>
+        <v>1982</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
         <v>9</v>
       </c>
       <c r="D73">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>123</v>
+        <v>86</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
         <v>9</v>
       </c>
       <c r="D74">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>124</v>
+        <v>40</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D75">
-        <v>2007</v>
+        <v>1989</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
         <v>9</v>
       </c>
       <c r="D76">
-        <v>1971</v>
+        <v>2004</v>
       </c>
       <c r="E76"/>
-      <c r="F76"/>
+      <c r="F76" t="s">
+        <v>123</v>
+      </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
         <v>9</v>
       </c>
       <c r="D77">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
         <v>9</v>
       </c>
       <c r="D78">
-        <v>2010</v>
+        <v>1993</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79">
-        <v>1986</v>
+        <v>2009</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
         <v>9</v>
       </c>
       <c r="D80">
-        <v>2002</v>
+        <v>1983</v>
       </c>
       <c r="E80"/>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>9</v>
       </c>
       <c r="D81">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
         <v>9</v>
       </c>
       <c r="D82">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>28</v>
+        <v>132</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
         <v>9</v>
       </c>
       <c r="D83">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>9</v>
       </c>
       <c r="D84">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>9</v>
       </c>
       <c r="D85">
-        <v>1972</v>
+        <v>1964</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
         <v>9</v>
       </c>
       <c r="D86">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
         <v>9</v>
       </c>
       <c r="D87">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>40</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
         <v>9</v>
       </c>
       <c r="D88">
-        <v>1988</v>
+        <v>1983</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
         <v>9</v>
       </c>
       <c r="D89">
         <v>2002</v>
       </c>
       <c r="E89"/>
-      <c r="F89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F89"/>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
         <v>9</v>
       </c>
       <c r="D90">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>147</v>
+        <v>9</v>
       </c>
       <c r="D91">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>12</v>
+        <v>143</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
         <v>9</v>
       </c>
       <c r="D92">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
         <v>9</v>
       </c>
       <c r="D93">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>110</v>
+        <v>12</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
         <v>9</v>
       </c>
       <c r="D94">
-        <v>1976</v>
+        <v>1970</v>
       </c>
       <c r="E94"/>
-      <c r="F94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F94"/>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
         <v>9</v>
       </c>
       <c r="D95">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
         <v>9</v>
       </c>
       <c r="D96">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
         <v>9</v>
       </c>
       <c r="D97">
-        <v>1988</v>
+        <v>1983</v>
       </c>
       <c r="E97"/>
-      <c r="F97"/>
+      <c r="F97" t="s">
+        <v>30</v>
+      </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
         <v>9</v>
       </c>
       <c r="D98">
         <v>2002</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>157</v>
+        <v>28</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
         <v>9</v>
       </c>
       <c r="D99">
         <v>2016</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>9</v>
       </c>
       <c r="D100">
-        <v>2006</v>
+        <v>1995</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
         <v>9</v>
       </c>
       <c r="D101">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E101"/>
-      <c r="F101"/>
+      <c r="F101" t="s">
+        <v>156</v>
+      </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
         <v>9</v>
       </c>
       <c r="D102">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
         <v>9</v>
       </c>
       <c r="D103">
-        <v>1976</v>
+        <v>1971</v>
       </c>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>127</v>
+        <v>88</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>9</v>
       </c>
       <c r="D104">
         <v>1996</v>
       </c>
       <c r="E104"/>
-      <c r="F104"/>
+      <c r="F104" t="s">
+        <v>159</v>
+      </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
         <v>9</v>
       </c>
       <c r="D105">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>165</v>
+        <v>10</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
         <v>9</v>
       </c>
       <c r="D106">
-        <v>1988</v>
+        <v>1986</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
         <v>9</v>
       </c>
       <c r="D107">
         <v>2002</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
         <v>9</v>
       </c>
       <c r="D108">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>12</v>
+        <v>164</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
         <v>9</v>
       </c>
       <c r="D109">
-        <v>1992</v>
+        <v>1974</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>85</v>
+        <v>166</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
         <v>9</v>
       </c>
       <c r="D110">
-        <v>2009</v>
+        <v>1991</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
         <v>9</v>
       </c>
       <c r="D111">
-        <v>1978</v>
+        <v>2007</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>10</v>
+        <v>168</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>127</v>
+        <v>169</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
         <v>9</v>
       </c>
       <c r="D112">
-        <v>1997</v>
+        <v>1972</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
         <v>9</v>
       </c>
       <c r="D113">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
         <v>9</v>
       </c>
       <c r="D114">
-        <v>1988</v>
+        <v>2011</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>9</v>
       </c>
       <c r="D115">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E115"/>
-      <c r="F115"/>
+      <c r="F115" t="s">
+        <v>10</v>
+      </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
         <v>9</v>
       </c>
       <c r="D116">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E116"/>
-      <c r="F116"/>
+      <c r="F116" t="s">
+        <v>158</v>
+      </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
         <v>9</v>
       </c>
       <c r="D117">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>9</v>
+        <v>176</v>
       </c>
       <c r="D118">
-        <v>2009</v>
+        <v>1990</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>178</v>
+        <v>12</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
         <v>9</v>
       </c>
       <c r="D119">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
         <v>9</v>
       </c>
       <c r="D120">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
         <v>9</v>
       </c>
       <c r="D121">
-        <v>2013</v>
+        <v>1976</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>28</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
         <v>9</v>
       </c>
       <c r="D122">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>9</v>
       </c>
       <c r="D123">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>28</v>
+        <v>182</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
         <v>9</v>
       </c>
       <c r="D124">
-        <v>2014</v>
+        <v>1988</v>
       </c>
       <c r="E124"/>
-      <c r="F124" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F124"/>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>9</v>
       </c>
       <c r="D125">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
         <v>9</v>
       </c>
       <c r="D126">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>28</v>
+        <v>187</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>188</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
         <v>9</v>
       </c>
       <c r="D127">
-        <v>1979</v>
+        <v>2006</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>189</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
         <v>9</v>
       </c>
       <c r="D128">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E128"/>
-      <c r="F128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F128"/>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>190</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
         <v>9</v>
       </c>
       <c r="D129">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>10</v>
+        <v>191</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
         <v>9</v>
       </c>
       <c r="D130">
-        <v>1989</v>
+        <v>1976</v>
       </c>
       <c r="E130"/>
-      <c r="F130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F130"/>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>191</v>
+        <v>88</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
         <v>9</v>
       </c>
       <c r="D131">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="E131"/>
-      <c r="F131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F131"/>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>192</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
         <v>9</v>
       </c>
       <c r="D132">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>193</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>194</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
         <v>9</v>
       </c>
       <c r="D133">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>195</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
         <v>9</v>
       </c>
       <c r="D134">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>104</v>
+        <v>15</v>
       </c>
       <c r="G134"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>