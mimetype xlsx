--- v1 (2025-11-14)
+++ v2 (2025-12-22)
@@ -263,68 +263,110 @@
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Entrevista a Muntadas (I) [Realizada por Diego Luna]</t>
   </si>
   <si>
     <t>Proyectar. Imagen. Intervención. Construcción. Espacio público.</t>
   </si>
   <si>
     <t>Entrevista / Conversación, Folleto</t>
   </si>
   <si>
     <t>Antoni Muntadas inaugura a exposición 'Estratexias do desprazamento'</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Censoring Culture</t>
   </si>
   <si>
+    <t>Entrevista con Antoni Muntadas. Experiencias de un outsider</t>
+  </si>
+  <si>
+    <t>"Estoy en contra del estilo"</t>
+  </si>
+  <si>
+    <t>Rosario</t>
+  </si>
+  <si>
+    <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
+  </si>
+  <si>
+    <t>Muzzano</t>
+  </si>
+  <si>
+    <t>Cultura moderna nº 2: Cultura y violencia</t>
+  </si>
+  <si>
+    <t>"El arte no puede ser una construcción mental subjetiva"</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas, el traductor de imágenes</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Muntadas: hacia una estrategia de los medios</t>
+  </si>
+  <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Pavilions/Art in Architecture</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas, artista</t>
+  </si>
+  <si>
+    <t>Muntadas, se il fine giustifica I mezzi</t>
+  </si>
+  <si>
     <t>mono 7:  En las ciudades</t>
   </si>
   <si>
     <t>Trânsitos e outras direções</t>
   </si>
   <si>
     <t>Lisboa</t>
   </si>
   <si>
     <t>Support Structures</t>
   </si>
   <si>
     <t>Vanguardias artísticas y realidad semiológica</t>
   </si>
   <si>
-    <t>Fragments</t>
-[...1 lines deleted...]
-  <si>
     <t>Rennes</t>
   </si>
   <si>
     <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
   </si>
   <si>
     <t>Antonio Muntadas inaugura en Madrid “Híbridos” un recorrido a través de su obra conceptual</t>
   </si>
   <si>
     <t>Entrevista</t>
   </si>
   <si>
     <t>En Torno a En torno al vídeo</t>
   </si>
   <si>
     <t>El sofisticado lenguaje de las instalaciones</t>
   </si>
   <si>
     <t>Muntadas en Latinoamérica</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Muntadas: Personal/Public Conversation</t>
@@ -551,99 +593,57 @@
   <si>
     <t>Just another exhibition. Storie politiche delle biennali</t>
   </si>
   <si>
     <t>"Siempre tengo la sensación de partir de cero"</t>
   </si>
   <si>
     <t>De la utilidad de lo bello</t>
   </si>
   <si>
     <t>Conversación con Antoni Muntadas</t>
   </si>
   <si>
     <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
   </si>
   <si>
     <t>Compilación, Entrevista / Conversación</t>
   </si>
   <si>
     <t>Sociologia Plural</t>
   </si>
   <si>
     <t>Visions. MIT Interviews</t>
   </si>
   <si>
-    <t>Muntadas: hacia una estrategia de los medios</t>
-[...1 lines deleted...]
-  <si>
     <t>"En vez de un paisaje bucólico, he elegido el de los media"</t>
   </si>
   <si>
     <t>Profil. Súčasného výtvarného umenia / contemporary art magazine 3'12 (marzo 2012)</t>
   </si>
   <si>
     <t>Bratislava</t>
-  </si>
-[...37 lines deleted...]
-    <t>Muntadas, se il fine giustifica I mezzi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1765,1726 +1765,1726 @@
         <v>8</v>
       </c>
       <c r="C44" t="s">
         <v>9</v>
       </c>
       <c r="D44">
         <v>2006</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>30</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>83</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>9</v>
       </c>
       <c r="D45">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="E45"/>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F45"/>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>84</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>85</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>86</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
         <v>9</v>
       </c>
       <c r="D47">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48">
-        <v>1978</v>
+        <v>2006</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
         <v>9</v>
       </c>
       <c r="D49">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E49"/>
-      <c r="F49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>90</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
         <v>9</v>
       </c>
       <c r="D50">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
         <v>9</v>
       </c>
       <c r="D51">
-        <v>1988</v>
+        <v>1976</v>
       </c>
       <c r="E51"/>
-      <c r="F51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F51"/>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>9</v>
       </c>
       <c r="D52">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
         <v>9</v>
       </c>
       <c r="D53">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E53"/>
-      <c r="F53"/>
+      <c r="F53" t="s">
+        <v>95</v>
+      </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
         <v>9</v>
       </c>
       <c r="D54">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
         <v>9</v>
       </c>
       <c r="D55">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
         <v>9</v>
       </c>
       <c r="D56">
-        <v>1979</v>
+        <v>2006</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>99</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
         <v>9</v>
       </c>
       <c r="D57">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>100</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>101</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
         <v>9</v>
       </c>
       <c r="D58">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>102</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
         <v>9</v>
       </c>
       <c r="D59">
-        <v>1989</v>
+        <v>1978</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
         <v>9</v>
       </c>
       <c r="D60">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>28</v>
+        <v>103</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>104</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
         <v>9</v>
       </c>
       <c r="D61">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>28</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>105</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
         <v>9</v>
       </c>
       <c r="D62">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>106</v>
+        <v>28</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
         <v>9</v>
       </c>
       <c r="D63">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E63"/>
-      <c r="F63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>9</v>
       </c>
       <c r="D64">
-        <v>1979</v>
+        <v>2010</v>
       </c>
       <c r="E64"/>
-      <c r="F64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
         <v>9</v>
       </c>
       <c r="D65">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
         <v>9</v>
       </c>
       <c r="D66">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
         <v>9</v>
       </c>
       <c r="D67">
-        <v>1989</v>
+        <v>1979</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
         <v>9</v>
       </c>
       <c r="D68">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
         <v>9</v>
       </c>
       <c r="D69">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>114</v>
+        <v>28</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
         <v>9</v>
       </c>
       <c r="D70">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>9</v>
       </c>
       <c r="D71">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>118</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
         <v>9</v>
       </c>
       <c r="D72">
-        <v>1982</v>
+        <v>2014</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>119</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
         <v>9</v>
       </c>
       <c r="D73">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
         <v>9</v>
       </c>
       <c r="D74">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D75">
-        <v>1989</v>
+        <v>1979</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
         <v>9</v>
       </c>
       <c r="D76">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
         <v>9</v>
       </c>
       <c r="D77">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>125</v>
+        <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
         <v>9</v>
       </c>
       <c r="D78">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>128</v>
+        <v>17</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
         <v>9</v>
       </c>
       <c r="D80">
-        <v>1983</v>
+        <v>2016</v>
       </c>
       <c r="E80"/>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>128</v>
+      </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>9</v>
       </c>
       <c r="D81">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
         <v>9</v>
       </c>
       <c r="D82">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
         <v>9</v>
       </c>
       <c r="D83">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>9</v>
       </c>
       <c r="D84">
-        <v>2005</v>
+        <v>1998</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>135</v>
+        <v>12</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>136</v>
+        <v>101</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>9</v>
       </c>
       <c r="D85">
-        <v>1964</v>
+        <v>2014</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D86">
-        <v>1994</v>
+        <v>1989</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
         <v>9</v>
       </c>
       <c r="D87">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>40</v>
+        <v>137</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
         <v>9</v>
       </c>
       <c r="D88">
-        <v>1983</v>
+        <v>2017</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>140</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
         <v>9</v>
       </c>
       <c r="D89">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="E89"/>
-      <c r="F89"/>
+      <c r="F89" t="s">
+        <v>17</v>
+      </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>141</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
         <v>9</v>
       </c>
       <c r="D90">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
         <v>9</v>
       </c>
       <c r="D91">
-        <v>1994</v>
+        <v>1983</v>
       </c>
       <c r="E91"/>
-      <c r="F91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F91"/>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>144</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
         <v>9</v>
       </c>
       <c r="D92">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
         <v>9</v>
       </c>
       <c r="D93">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>12</v>
+        <v>146</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>147</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
         <v>9</v>
       </c>
       <c r="D94">
-        <v>1970</v>
+        <v>1990</v>
       </c>
       <c r="E94"/>
-      <c r="F94"/>
+      <c r="F94" t="s">
+        <v>12</v>
+      </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>148</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
         <v>9</v>
       </c>
       <c r="D95">
-        <v>1994</v>
+        <v>2005</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>100</v>
+        <v>149</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
         <v>9</v>
       </c>
       <c r="D96">
-        <v>2010</v>
+        <v>1964</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>151</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
         <v>9</v>
       </c>
       <c r="D97">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>30</v>
+        <v>131</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>152</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
         <v>9</v>
       </c>
       <c r="D98">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>153</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
         <v>9</v>
       </c>
       <c r="D99">
-        <v>2016</v>
+        <v>1983</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>154</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>9</v>
       </c>
       <c r="D100">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="E100"/>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>155</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
         <v>9</v>
       </c>
       <c r="D101">
-        <v>1990</v>
+        <v>2015</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>156</v>
+        <v>10</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
         <v>9</v>
       </c>
       <c r="D102">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
         <v>9</v>
       </c>
       <c r="D103">
-        <v>1971</v>
+        <v>1990</v>
       </c>
       <c r="E103"/>
-      <c r="F103"/>
+      <c r="F103" t="s">
+        <v>159</v>
+      </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>88</v>
+        <v>160</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>9</v>
       </c>
       <c r="D104">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
         <v>9</v>
       </c>
       <c r="D105">
-        <v>2010</v>
+        <v>1970</v>
       </c>
       <c r="E105"/>
-      <c r="F105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
         <v>9</v>
       </c>
       <c r="D106">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
         <v>9</v>
       </c>
       <c r="D107">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>28</v>
+        <v>164</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
         <v>9</v>
       </c>
       <c r="D108">
-        <v>2016</v>
+        <v>1983</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
         <v>9</v>
       </c>
       <c r="D109">
-        <v>1974</v>
+        <v>2002</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>28</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
         <v>9</v>
       </c>
       <c r="D110">
-        <v>1991</v>
+        <v>2016</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
         <v>9</v>
       </c>
       <c r="D111">
-        <v>2007</v>
+        <v>1995</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>168</v>
+        <v>10</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>169</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
         <v>9</v>
       </c>
       <c r="D112">
-        <v>1972</v>
+        <v>1990</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>110</v>
+        <v>170</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
         <v>9</v>
       </c>
       <c r="D113">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>10</v>
+        <v>172</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
         <v>9</v>
       </c>
       <c r="D114">
-        <v>2011</v>
+        <v>1971</v>
       </c>
       <c r="E114"/>
-      <c r="F114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F114"/>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>172</v>
+        <v>93</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>9</v>
       </c>
       <c r="D115">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
         <v>9</v>
       </c>
       <c r="D116">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>158</v>
+        <v>10</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
         <v>9</v>
       </c>
       <c r="D117">
-        <v>2016</v>
+        <v>1986</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="D118">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>177</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
         <v>9</v>
       </c>
       <c r="D119">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>85</v>
+        <v>178</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
         <v>9</v>
       </c>
       <c r="D120">
-        <v>2008</v>
+        <v>1974</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
         <v>9</v>
       </c>
       <c r="D121">
-        <v>1976</v>
+        <v>1991</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
         <v>9</v>
       </c>
       <c r="D122">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>9</v>
       </c>
       <c r="D123">
-        <v>2012</v>
+        <v>1972</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>182</v>
+        <v>124</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
         <v>9</v>
       </c>
       <c r="D124">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="E124"/>
-      <c r="F124"/>
+      <c r="F124" t="s">
+        <v>10</v>
+      </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>9</v>
       </c>
       <c r="D125">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>185</v>
+        <v>40</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>186</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
         <v>9</v>
       </c>
       <c r="D126">
-        <v>2016</v>
+        <v>1988</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>187</v>
+        <v>10</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
         <v>9</v>
       </c>
       <c r="D127">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>28</v>
+        <v>172</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
         <v>9</v>
       </c>
       <c r="D128">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E128"/>
-      <c r="F128"/>
+      <c r="F128" t="s">
+        <v>10</v>
+      </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
+        <v>189</v>
+      </c>
+      <c r="B129" t="s">
+        <v>8</v>
+      </c>
+      <c r="C129" t="s">
         <v>190</v>
       </c>
-      <c r="B129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D129">
-        <v>2008</v>
+        <v>1990</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>191</v>
+        <v>12</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
         <v>9</v>
       </c>
       <c r="D130">
-        <v>1976</v>
+        <v>1992</v>
       </c>
       <c r="E130"/>
-      <c r="F130"/>
+      <c r="F130" t="s">
+        <v>100</v>
+      </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>88</v>
+        <v>192</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
         <v>9</v>
       </c>
       <c r="D131">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E131"/>
-      <c r="F131"/>
+      <c r="F131" t="s">
+        <v>157</v>
+      </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>192</v>
+        <v>92</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
         <v>9</v>
       </c>
       <c r="D132">
-        <v>2012</v>
+        <v>1976</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>193</v>
+        <v>28</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
         <v>9</v>
       </c>
       <c r="D133">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
         <v>9</v>
       </c>
       <c r="D134">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>15</v>
+        <v>195</v>
       </c>
       <c r="G134"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>