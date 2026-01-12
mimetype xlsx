--- v2 (2025-12-22)
+++ v3 (2026-01-12)
@@ -263,387 +263,387 @@
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Entrevista a Muntadas (I) [Realizada por Diego Luna]</t>
   </si>
   <si>
     <t>Proyectar. Imagen. Intervención. Construcción. Espacio público.</t>
   </si>
   <si>
     <t>Entrevista / Conversación, Folleto</t>
   </si>
   <si>
     <t>Antoni Muntadas inaugura a exposición 'Estratexias do desprazamento'</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Censoring Culture</t>
   </si>
   <si>
+    <t>La creación artística como cuestionamiento/Artistic Creation at Stake</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>Tres preguntas a Antonio Muntadas-Prim</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Crítica del espacio público</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>Quando è scultura</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas. Paysages médiatiques</t>
+  </si>
+  <si>
+    <t>Interpretación</t>
+  </si>
+  <si>
+    <t>Formas de incidir en el espacio público</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum. Interview Transcript</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Rhetorical Image</t>
+  </si>
+  <si>
+    <t>Dalton (GA)</t>
+  </si>
+  <si>
+    <t>En las ciudades</t>
+  </si>
+  <si>
+    <t>Sigue la encuesta</t>
+  </si>
+  <si>
+    <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Muntadas Açık Gazete'de Konuğumuzdu</t>
+  </si>
+  <si>
+    <t>Estambul</t>
+  </si>
+  <si>
+    <t>The Images From Media Landscape</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. "Arte y efectividad no se llevan bien"</t>
+  </si>
+  <si>
+    <t>Primer Intento</t>
+  </si>
+  <si>
+    <t>Monument</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Francia</t>
+  </si>
+  <si>
+    <t>Atención: La percepción requiere participación</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>Esteu a punt per a la televisió? Entrevista a Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Muntadas: A Man Of His Time</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>"Los artistas debemos trabajar sobre el tiempo en que vivimos e interpretarlo"</t>
+  </si>
+  <si>
+    <t>Interviews: Oral history in contemporary art / L’entretien d’artiste dans l’art contemporain</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Conversaciones en torno a: "EL VIDEO COMO MEDIO DE EXPRESION, COMUNICACIÓN E INFORMACION"</t>
+  </si>
+  <si>
+    <t>Muntadas. "No treballo sobre coses que m'imagino ni faig servir la metàfora per la metàfora"</t>
+  </si>
+  <si>
+    <t>"Os espacos respiran, escutam e falam"</t>
+  </si>
+  <si>
+    <t>Porto Alegre</t>
+  </si>
+  <si>
+    <t>En la cúpula neumática. Antonio Muntadas expone su obra "polución audiovisual"</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>"Internet no es más que una nueva utopía"</t>
+  </si>
+  <si>
+    <t>Just another exhibition. Storie politiche delle biennali</t>
+  </si>
+  <si>
+    <t>"Siempre tengo la sensación de partir de cero"</t>
+  </si>
+  <si>
+    <t>De la utilidad de lo bello</t>
+  </si>
+  <si>
+    <t>Conversación con Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
+  </si>
+  <si>
+    <t>Compilación, Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Sociologia Plural</t>
+  </si>
+  <si>
+    <t>Lisboa</t>
+  </si>
+  <si>
+    <t>Visions. MIT Interviews</t>
+  </si>
+  <si>
+    <t>Muntadas: hacia una estrategia de los medios</t>
+  </si>
+  <si>
+    <t>"En vez de un paisaje bucólico, he elegido el de los media"</t>
+  </si>
+  <si>
+    <t>Profil. Súčasného výtvarného umenia / contemporary art magazine 3'12 (marzo 2012)</t>
+  </si>
+  <si>
+    <t>Bratislava</t>
+  </si>
+  <si>
     <t>Entrevista con Antoni Muntadas. Experiencias de un outsider</t>
   </si>
   <si>
     <t>"Estoy en contra del estilo"</t>
   </si>
   <si>
     <t>Rosario</t>
   </si>
   <si>
     <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
   </si>
   <si>
     <t>Muzzano</t>
   </si>
   <si>
     <t>Cultura moderna nº 2: Cultura y violencia</t>
   </si>
   <si>
     <t>"El arte no puede ser una construcción mental subjetiva"</t>
   </si>
   <si>
     <t>Antoni Muntadas, el traductor de imágenes</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
-    <t>Muntadas: hacia una estrategia de los medios</t>
-[...4 lines deleted...]
-  <si>
     <t>Pavilions/Art in Architecture</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>Antoni Muntadas, artista</t>
   </si>
   <si>
     <t>Muntadas, se il fine giustifica I mezzi</t>
   </si>
   <si>
     <t>mono 7:  En las ciudades</t>
   </si>
   <si>
     <t>Trânsitos e outras direções</t>
   </si>
   <si>
-    <t>Lisboa</t>
-[...1 lines deleted...]
-  <si>
     <t>Support Structures</t>
   </si>
   <si>
     <t>Vanguardias artísticas y realidad semiológica</t>
   </si>
   <si>
     <t>Rennes</t>
   </si>
   <si>
     <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
   </si>
   <si>
     <t>Antonio Muntadas inaugura en Madrid “Híbridos” un recorrido a través de su obra conceptual</t>
   </si>
   <si>
     <t>Entrevista</t>
   </si>
   <si>
     <t>En Torno a En torno al vídeo</t>
   </si>
   <si>
     <t>El sofisticado lenguaje de las instalaciones</t>
   </si>
   <si>
     <t>Muntadas en Latinoamérica</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Muntadas: Personal/Public Conversation</t>
   </si>
   <si>
-    <t>Vancouver</t>
-[...1 lines deleted...]
-  <si>
     <t>Antoni Muntadas On Translation</t>
   </si>
   <si>
-    <t>San Sebastián</t>
-[...1 lines deleted...]
-  <si>
     <t>Matador P</t>
   </si>
   <si>
     <t>Antoni Muntadas: la desmitificación del medio</t>
   </si>
   <si>
     <t>On Translation</t>
   </si>
   <si>
     <t>Verdad y Libertad. Escuchando a José Ramón Pérez Ornia</t>
   </si>
   <si>
     <t>A memória de Serralves segundo Muntadas</t>
   </si>
   <si>
     <t>Porto / Oporto</t>
   </si>
   <si>
     <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
   </si>
   <si>
     <t>Conversa com Antonio Muntadas</t>
   </si>
   <si>
     <t>"Mis obras son como preguntas que me hago y que las extiendo"</t>
   </si>
   <si>
-    <t>Pamplona</t>
-[...1 lines deleted...]
-  <si>
     <t>Josep Lluís Sert/A Nomadic Dream</t>
   </si>
   <si>
     <t>À propos de The File Room d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Hugo Roelandt En New Reform, De Aalsterse Connectie</t>
   </si>
   <si>
     <t>Alost</t>
   </si>
   <si>
     <t>Muntadas Principes d'intervention/ Muntadas principals of intervention</t>
   </si>
   <si>
     <t>eitbkultura Agenda</t>
   </si>
   <si>
-    <t>Bilbao</t>
-[...1 lines deleted...]
-  <si>
     <t>Sites 7. Muntadas. Media Sites / Media Monuments.</t>
   </si>
   <si>
     <t>En torno a la censura</t>
   </si>
   <si>
     <t>Art et mégalopole RN86</t>
   </si>
   <si>
     <t>Givors</t>
   </si>
   <si>
     <t>not done! (het kunstenaarsboek/the artist's book)</t>
   </si>
   <si>
     <t>Amberes</t>
   </si>
   <si>
     <t>Public Art Dialogue (PAD). Special Issue: Higher Ed.: College Campuses and Public Art</t>
   </si>
   <si>
     <t>Abingdon</t>
   </si>
   <si>
     <t>Antoni Muntadas. Le temps du dialogue</t>
   </si>
   <si>
     <t>Entrevista Muntadas</t>
   </si>
   <si>
     <t>Quito</t>
   </si>
   <si>
     <t>Antoni Muntadas presenta en Valencia tres exposiciones distintas</t>
   </si>
   <si>
     <t>L'artista és un traductor constant de la realitat</t>
   </si>
   <si>
     <t>Futebol, mídia e violencia. Para quem?</t>
   </si>
   <si>
     <t>Sao Paulo</t>
-  </si>
-[...145 lines deleted...]
-    <t>Bratislava</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1765,1722 +1765,1722 @@
         <v>8</v>
       </c>
       <c r="C44" t="s">
         <v>9</v>
       </c>
       <c r="D44">
         <v>2006</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>30</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>83</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>9</v>
       </c>
       <c r="D45">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="E45"/>
-      <c r="F45"/>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>84</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>85</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>86</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
         <v>9</v>
       </c>
       <c r="D47">
-        <v>2016</v>
+        <v>1964</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48">
-        <v>2006</v>
+        <v>1994</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>89</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
         <v>9</v>
       </c>
       <c r="D49">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E49"/>
-      <c r="F49"/>
+      <c r="F49" t="s">
+        <v>40</v>
+      </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>90</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
         <v>9</v>
       </c>
       <c r="D50">
-        <v>2008</v>
+        <v>1983</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
         <v>9</v>
       </c>
       <c r="D51">
-        <v>1976</v>
+        <v>2002</v>
       </c>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>9</v>
       </c>
       <c r="D52">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="E52"/>
-      <c r="F52"/>
+      <c r="F52" t="s">
+        <v>10</v>
+      </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
         <v>9</v>
       </c>
       <c r="D53">
-        <v>2012</v>
+        <v>1994</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
         <v>9</v>
       </c>
       <c r="D54">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>97</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
         <v>9</v>
       </c>
       <c r="D55">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
         <v>9</v>
       </c>
       <c r="D56">
-        <v>2006</v>
+        <v>1970</v>
       </c>
       <c r="E56"/>
-      <c r="F56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>99</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
         <v>9</v>
       </c>
       <c r="D57">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>100</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>101</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
         <v>9</v>
       </c>
       <c r="D58">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
         <v>9</v>
       </c>
       <c r="D59">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
         <v>9</v>
       </c>
       <c r="D60">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>103</v>
+        <v>28</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
         <v>9</v>
       </c>
       <c r="D61">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
         <v>9</v>
       </c>
       <c r="D62">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
         <v>9</v>
       </c>
       <c r="D63">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="E63"/>
-      <c r="F63"/>
+      <c r="F63" t="s">
+        <v>108</v>
+      </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>9</v>
       </c>
       <c r="D64">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E64"/>
-      <c r="F64"/>
+      <c r="F64" t="s">
+        <v>110</v>
+      </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
         <v>9</v>
       </c>
       <c r="D65">
-        <v>1992</v>
+        <v>1971</v>
       </c>
       <c r="E65"/>
-      <c r="F65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F65"/>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
         <v>9</v>
       </c>
       <c r="D66">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
         <v>9</v>
       </c>
       <c r="D67">
-        <v>1979</v>
+        <v>2010</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
         <v>9</v>
       </c>
       <c r="D68">
-        <v>1997</v>
+        <v>1986</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
         <v>9</v>
       </c>
       <c r="D69">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>28</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
         <v>9</v>
       </c>
       <c r="D70">
-        <v>1989</v>
+        <v>2016</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>9</v>
       </c>
       <c r="D71">
-        <v>1995</v>
+        <v>1974</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>28</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
         <v>9</v>
       </c>
       <c r="D72">
-        <v>2014</v>
+        <v>1991</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
         <v>9</v>
       </c>
       <c r="D73">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
         <v>9</v>
       </c>
       <c r="D74">
-        <v>2005</v>
+        <v>1972</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>28</v>
+        <v>124</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
         <v>9</v>
       </c>
       <c r="D75">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
         <v>9</v>
       </c>
       <c r="D76">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>124</v>
+        <v>40</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
         <v>9</v>
       </c>
       <c r="D77">
-        <v>2013</v>
+        <v>1988</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
         <v>9</v>
       </c>
       <c r="D78">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>9</v>
+        <v>131</v>
       </c>
       <c r="D80">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>128</v>
+        <v>12</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>9</v>
       </c>
       <c r="D81">
         <v>1992</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
         <v>9</v>
       </c>
       <c r="D82">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>131</v>
+        <v>94</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
         <v>9</v>
       </c>
       <c r="D83">
-        <v>1982</v>
+        <v>1976</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>9</v>
       </c>
       <c r="D84">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>101</v>
+        <v>137</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>9</v>
       </c>
       <c r="D85">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>40</v>
+        <v>138</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D86">
-        <v>1989</v>
+        <v>1988</v>
       </c>
       <c r="E86"/>
-      <c r="F86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F86"/>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
         <v>9</v>
       </c>
       <c r="D87">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
         <v>9</v>
       </c>
       <c r="D88">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
         <v>9</v>
       </c>
       <c r="D89">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
         <v>9</v>
       </c>
       <c r="D90">
-        <v>2009</v>
+        <v>1992</v>
       </c>
       <c r="E90"/>
-      <c r="F90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
         <v>9</v>
       </c>
       <c r="D91">
-        <v>1983</v>
+        <v>2008</v>
       </c>
       <c r="E91"/>
-      <c r="F91"/>
+      <c r="F91" t="s">
+        <v>147</v>
+      </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
         <v>9</v>
       </c>
       <c r="D92">
-        <v>2002</v>
+        <v>1976</v>
       </c>
       <c r="E92"/>
-      <c r="F92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F92"/>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>145</v>
+        <v>111</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
         <v>9</v>
       </c>
       <c r="D93">
-        <v>2014</v>
+        <v>1996</v>
       </c>
       <c r="E93"/>
-      <c r="F93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F93"/>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
         <v>9</v>
       </c>
       <c r="D94">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>12</v>
+        <v>149</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
         <v>9</v>
       </c>
       <c r="D95">
-        <v>2005</v>
+        <v>1988</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
         <v>9</v>
       </c>
       <c r="D96">
-        <v>1964</v>
+        <v>2002</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
         <v>9</v>
       </c>
       <c r="D97">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>131</v>
+        <v>12</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
         <v>9</v>
       </c>
       <c r="D98">
-        <v>2010</v>
+        <v>1992</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>40</v>
+        <v>133</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
         <v>9</v>
       </c>
       <c r="D99">
-        <v>1983</v>
+        <v>2009</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>9</v>
       </c>
       <c r="D100">
-        <v>2002</v>
+        <v>1978</v>
       </c>
       <c r="E100"/>
-      <c r="F100"/>
+      <c r="F100" t="s">
+        <v>10</v>
+      </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>155</v>
+        <v>111</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
         <v>9</v>
       </c>
       <c r="D101">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>10</v>
+        <v>156</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
         <v>9</v>
       </c>
       <c r="D102">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>157</v>
+        <v>28</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>158</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
         <v>9</v>
       </c>
       <c r="D103">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>9</v>
       </c>
       <c r="D104">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E104"/>
-      <c r="F104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F104"/>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
         <v>9</v>
       </c>
       <c r="D105">
-        <v>1970</v>
+        <v>2010</v>
       </c>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
         <v>9</v>
       </c>
       <c r="D106">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
         <v>9</v>
       </c>
       <c r="D107">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
         <v>9</v>
       </c>
       <c r="D108">
-        <v>1983</v>
+        <v>1979</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>30</v>
+        <v>115</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
         <v>9</v>
       </c>
       <c r="D109">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
         <v>9</v>
       </c>
       <c r="D110">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
         <v>9</v>
       </c>
       <c r="D111">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
         <v>9</v>
       </c>
       <c r="D112">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
         <v>9</v>
       </c>
       <c r="D113">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
         <v>9</v>
       </c>
       <c r="D114">
-        <v>1971</v>
+        <v>1992</v>
       </c>
       <c r="E114"/>
-      <c r="F114"/>
+      <c r="F114" t="s">
+        <v>171</v>
+      </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>93</v>
+        <v>172</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>9</v>
       </c>
       <c r="D115">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>173</v>
+        <v>28</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
         <v>9</v>
       </c>
       <c r="D116">
-        <v>2010</v>
+        <v>1979</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>10</v>
+        <v>133</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
         <v>9</v>
       </c>
       <c r="D117">
-        <v>1986</v>
+        <v>1998</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
         <v>9</v>
       </c>
       <c r="D118">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
         <v>9</v>
       </c>
       <c r="D119">
-        <v>2016</v>
+        <v>1989</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
         <v>9</v>
       </c>
       <c r="D120">
-        <v>1974</v>
+        <v>2003</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
         <v>9</v>
       </c>
       <c r="D121">
-        <v>1991</v>
+        <v>2016</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
         <v>9</v>
       </c>
       <c r="D122">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>9</v>
       </c>
       <c r="D123">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>124</v>
+        <v>88</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
         <v>9</v>
       </c>
       <c r="D124">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>9</v>
       </c>
       <c r="D125">
-        <v>2011</v>
+        <v>1998</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>186</v>
+        <v>154</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
         <v>9</v>
       </c>
       <c r="D126">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D127">
-        <v>2002</v>
+        <v>1989</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
         <v>9</v>
       </c>
       <c r="D128">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>10</v>
+        <v>186</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>190</v>
+        <v>9</v>
       </c>
       <c r="D129">
-        <v>1990</v>
+        <v>2017</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
         <v>9</v>
       </c>
       <c r="D130">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
         <v>9</v>
       </c>
       <c r="D131">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>92</v>
+        <v>192</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
         <v>9</v>
       </c>
       <c r="D132">
-        <v>1976</v>
+        <v>1983</v>
       </c>
       <c r="E132"/>
-      <c r="F132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F132"/>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>193</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
         <v>9</v>
       </c>
       <c r="D133">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>194</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
         <v>9</v>
       </c>
       <c r="D134">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>195</v>
       </c>
       <c r="G134"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>