--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -92,75 +92,75 @@
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Fundación Almine y Bernard Ruiz Picasso (FABA)</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Karel J. Geirlandt</t>
   </si>
   <si>
     <t>mfc-michèle didier</t>
   </si>
   <si>
     <t>European media art network. Réseau de distribution de vidéos européennes indépendantes.</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Berlín, Bruselas, Barcelona, Lyon, Budapest, Londres, Roma</t>
   </si>
   <si>
+    <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Blinky Palermo</t>
+  </si>
+  <si>
+    <t>Catálogo Referencia</t>
+  </si>
+  <si>
+    <t>Penser la ville: choix de textes philosophiques</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Pavilions/Art in Architecture</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
     <t>Artist' Video Tapes</t>
-  </si>
-[...22 lines deleted...]
-    <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Michel Baudson</t>
   </si>
   <si>
     <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to th City.</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>CEE / Heysel Diptyque</t>
   </si>
   <si>
     <t>Société des Expositions du Palais des beaux-Arts / Vereniging voor Tentoonstellingen van het Paleis Schone Kunsten</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -661,152 +661,152 @@
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
-        <v>1975</v>
+        <v>2000</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>9</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D12">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D13">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>9</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D14">
-        <v>1989</v>
+        <v>2012</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D15">
-        <v>2012</v>
+        <v>1975</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>9</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>9</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>9</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>9</v>
       </c>