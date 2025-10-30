--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -149,57 +149,57 @@
   <si>
     <t>Foro Fronteras como Cicatrices</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>TOUT VA BIEN</t>
   </si>
   <si>
     <t>Miró 80</t>
   </si>
   <si>
     <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
   </si>
   <si>
     <t>Antonio Muntadas. Dibujos. Pinturas.</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Imma Prieto</t>
   </si>
   <si>
+    <t>Darrera Escena</t>
+  </si>
+  <si>
     <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
   </si>
   <si>
     <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Palma</t>
-  </si>
-[...1 lines deleted...]
-    <t>Darrera Escena</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1025,96 +1025,96 @@
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>45</v>
       </c>
       <c r="B29" t="s">
         <v>12</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B30" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B33" t="s">
         <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>28</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>1973</v>
       </c>
       <c r="E34">
         <v>1975</v>