--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -149,57 +149,57 @@
   <si>
     <t>Foro Fronteras como Cicatrices</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>TOUT VA BIEN</t>
   </si>
   <si>
     <t>Miró 80</t>
   </si>
   <si>
     <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
   </si>
   <si>
     <t>Antonio Muntadas. Dibujos. Pinturas.</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Imma Prieto</t>
   </si>
   <si>
+    <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Palma</t>
+  </si>
+  <si>
     <t>Darrera Escena</t>
   </si>
   <si>
     <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
-  </si>
-[...1 lines deleted...]
-    <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Palma</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1025,96 +1025,96 @@
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>45</v>
       </c>
       <c r="B29" t="s">
         <v>12</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B30" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>47</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B33" t="s">
         <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>28</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>1973</v>
       </c>
       <c r="E34">
         <v>1975</v>