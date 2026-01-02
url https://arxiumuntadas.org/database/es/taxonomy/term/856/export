--- v2 (2025-11-25)
+++ v3 (2026-01-02)
@@ -149,57 +149,57 @@
   <si>
     <t>Foro Fronteras como Cicatrices</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>TOUT VA BIEN</t>
   </si>
   <si>
     <t>Miró 80</t>
   </si>
   <si>
     <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
   </si>
   <si>
     <t>Antonio Muntadas. Dibujos. Pinturas.</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Imma Prieto</t>
   </si>
   <si>
+    <t>Darrera Escena</t>
+  </si>
+  <si>
+    <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
+  </si>
+  <si>
     <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Palma</t>
-  </si>
-[...4 lines deleted...]
-    <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1010,111 +1010,111 @@
         <v>1970</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>44</v>
       </c>
       <c r="B28" t="s">
         <v>25</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>12</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B30" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>46</v>
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B33" t="s">
         <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>28</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>1973</v>
       </c>
       <c r="E34">
         <v>1975</v>