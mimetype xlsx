--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Estambul" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Especial del 30 aniversario de Apaçık Radyo - Semana de Cine Radiofónico</t>
   </si>
   <si>
@@ -143,78 +143,81 @@
   <si>
     <t>On Translation: Açik Radyo. Turkey [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: Warning (Estambul) [Adhesivo]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>In Between Arada Tra [Folleto]</t>
   </si>
   <si>
     <t>Folleto, Taller</t>
   </si>
   <si>
     <t>In Between Arada Tra [Libro]</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
+    <t>ON TRANSLATION: AÇIK RADYO</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Lives and works in Istanbul, da Yaşıyor ve Çalışıyor Çalıştaylar</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Isimiz (12.Istambul Bienali). Untitled (12thI Istanbul Biennial), 2011</t>
+  </si>
+  <si>
+    <t>Biz insam miyiz? / Are we human?</t>
+  </si>
+  <si>
     <t>Muntadas Açık Gazete'de Konuğumuzdu</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Lives and Works in Istanbul : Victor Burgin Sophiel Calle Peter Kogler Antoni Muntadas Remos Salvadori Danae Stratou : Workshops Exhibition</t>
   </si>
   <si>
-    <t>ON TRANSLATION: AÇIK RADYO</t>
-[...16 lines deleted...]
-  <si>
     <t>Isimiz (12.Istambul Bienali), 2011. Untitled (12th Istanbul Biennial)</t>
+  </si>
+  <si>
+    <t>Açık Radyo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -514,51 +517,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -960,198 +963,213 @@
         <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>44</v>
       </c>
       <c r="D25">
         <v>2010</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D26">
         <v>2010</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>47</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>46</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D28">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" t="s">
         <v>50</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D30">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B31" t="s">
         <v>32</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B33" t="s">
         <v>32</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
         <v>38</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>2010</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" t="s">
+        <v>53</v>
+      </c>
+      <c r="B35" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35"/>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">