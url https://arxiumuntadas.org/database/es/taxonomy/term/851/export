--- v1 (2025-12-10)
+++ v2 (2026-01-18)
@@ -143,75 +143,75 @@
   <si>
     <t>On Translation: Açik Radyo. Turkey [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: Warning (Estambul) [Adhesivo]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>In Between Arada Tra [Folleto]</t>
   </si>
   <si>
     <t>Folleto, Taller</t>
   </si>
   <si>
     <t>In Between Arada Tra [Libro]</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
+    <t>Muntadas Açık Gazete'de Konuğumuzdu</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Lives and Works in Istanbul : Victor Burgin Sophiel Calle Peter Kogler Antoni Muntadas Remos Salvadori Danae Stratou : Workshops Exhibition</t>
+  </si>
+  <si>
     <t>ON TRANSLATION: AÇIK RADYO</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Lives and works in Istanbul, da Yaşıyor ve Çalışıyor Çalıştaylar</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Isimiz (12.Istambul Bienali). Untitled (12thI Istanbul Biennial), 2011</t>
   </si>
   <si>
     <t>Biz insam miyiz? / Are we human?</t>
-  </si>
-[...7 lines deleted...]
-    <t>Lives and Works in Istanbul : Victor Burgin Sophiel Calle Peter Kogler Antoni Muntadas Remos Salvadori Danae Stratou : Workshops Exhibition</t>
   </si>
   <si>
     <t>Isimiz (12.Istambul Bienali), 2011. Untitled (12th Istanbul Biennial)</t>
   </si>
   <si>
     <t>Açık Radyo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -963,170 +963,170 @@
         <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>44</v>
       </c>
       <c r="D25">
         <v>2010</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D26">
         <v>2010</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>47</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D28">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" t="s">
         <v>49</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D30">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B31" t="s">
         <v>32</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>32</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
         <v>38</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>2010</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">