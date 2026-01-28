--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -95,66 +95,66 @@
   <si>
     <t>Ersilia Rossini</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Beatrice Zanelli</t>
   </si>
   <si>
     <t>Antoni Muntadas: La Lentezza è Conoscenza</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Castello di Rivoli</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Galeria Michela Rizzo en Artissima Art Fair</t>
   </si>
   <si>
+    <t>Catalogo VideotecaGAM</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>LabObratorio 2. Proposte XVI</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
     <t>Meetings</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
-  </si>
-[...10 lines deleted...]
-    <t>Taller</t>
   </si>
   <si>
     <t>On Translation: Il telefonino</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -688,89 +688,89 @@
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>9</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>9</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>2001</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>9</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>