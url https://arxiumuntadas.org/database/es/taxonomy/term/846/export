--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -47,69 +47,69 @@
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Museum voor Sierkunst</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Gante</t>
   </si>
   <si>
     <t>Stedelijk Museum voor Actuele Kunst Gent. SMAK</t>
   </si>
   <si>
+    <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>DAMN°31. A Magazine on Contemporary Culture</t>
+  </si>
+  <si>
+    <t>Revista</t>
+  </si>
+  <si>
     <t>Panem et Circenses</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Publicación de Artista</t>
-  </si>
-[...10 lines deleted...]
-    <t>Revista</t>
   </si>
   <si>
     <t>Instant-Cities: Muntadas / Zush</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -505,89 +505,89 @@
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4">
-        <v>1993</v>
+        <v>2015</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6">
-        <v>2012</v>
+        <v>1993</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>20</v>