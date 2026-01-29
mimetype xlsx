--- v1 (2025-11-30)
+++ v2 (2026-01-29)
@@ -44,72 +44,72 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Museum voor Sierkunst</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Gante</t>
   </si>
   <si>
-    <t>Stedelijk Museum voor Actuele Kunst Gent. SMAK</t>
+    <t>Stedelijk Museum voor Actuele Kunst Gent. SMAK (Gante)</t>
+  </si>
+  <si>
+    <t>Panem et Circenses</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>DAMN°31. A Magazine on Contemporary Culture</t>
   </si>
   <si>
     <t>Revista</t>
-  </si>
-[...4 lines deleted...]
-    <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Instant-Cities: Muntadas / Zush</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -432,51 +432,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="153" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -505,89 +505,89 @@
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>20</v>