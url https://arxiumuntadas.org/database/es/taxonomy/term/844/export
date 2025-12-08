--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -77,78 +77,78 @@
   <si>
     <t>Anders Kreuger</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Spirits of Internationalism. 6 European Collections 1956-1986</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Amberes, Eindhoven</t>
   </si>
   <si>
     <t>Waarschuwing: Kijken verlangt engagement / On Translation: Warning [Antwerp/Belgica: adhesivo]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>The collection XXXI – 5 Ensembles, 25 years M HKA</t>
   </si>
   <si>
+    <t>ICC Agenda</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Collectie XXVI De Arte Factum Jaren</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>M HKA</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>Muntadas ICC</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
-    <t>M HKA</t>
-[...4 lines deleted...]
-  <si>
     <t>not done! (het kunstenaarsboek/the artist's book)</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
-  </si>
-[...10 lines deleted...]
-    <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Muntadas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -598,146 +598,146 @@
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>9</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>9</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>9</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11">
-        <v>1977</v>
+        <v>1976</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>9</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D12">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D13">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>9</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>20</v>