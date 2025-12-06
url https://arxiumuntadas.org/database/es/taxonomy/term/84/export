--- v0 (2025-10-08)
+++ v1 (2025-12-06)
@@ -53,171 +53,171 @@
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Eye on Europe: Prints, Books &amp; Multiples/1960 to Now</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo, Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Political Advertisement IX 1952-2016</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
+    <t>Between the Frames (the transcriptions) [Inglés]</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>Actividades I</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Actividades I-II-III</t>
+  </si>
+  <si>
+    <t>Muntadas: Media Architecture Installations</t>
+  </si>
+  <si>
+    <t>Compilación, Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>ABOUT ACADEMIA (Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema: de la plaza pública a la plaza de toros</t>
+  </si>
+  <si>
+    <t>Intersecciones</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Español]</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema: from the public square to the bullring</t>
+  </si>
+  <si>
+    <t>M / M</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Catalán]</t>
+  </si>
+  <si>
+    <t>Muntadas a la Virreina: Instal·lacions / Passatges / Intervencions</t>
+  </si>
+  <si>
+    <t>Adapter? On Translation: The Adapter</t>
+  </si>
+  <si>
+    <t>Híbridos</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>CEE Project. Muntadas / El paraíso es de los extraños. Rogelio López Cuenca</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
     <t>Standard: Específico, Spécifique, Specific</t>
   </si>
   <si>
-    <t>Barcelona</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Muntadas: Trabajos Recientes. Media Stadium.</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>…Miedo?: Un proyecto de Muntadas</t>
   </si>
   <si>
     <t>Alicante</t>
   </si>
   <si>
     <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
   </si>
   <si>
     <t>Porto / Oporto</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand. MUNTADAS</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Between the Frames: Transcription des entretiens</t>
   </si>
   <si>
     <t>Burdeos</t>
   </si>
   <si>
     <t>On Translation_Paper/MVDR</t>
   </si>
   <si>
     <t>Between the Frames: The Forum (japonés)</t>
   </si>
   <si>
     <t>Horiko</t>
-  </si>
-[...70 lines deleted...]
-    <t>Málaga</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -604,526 +604,526 @@
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3">
         <v>2016</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5">
-        <v>2005</v>
+        <v>1972</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
-        <v>1992</v>
+        <v>1976</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="D9">
-        <v>2008</v>
+        <v>1999</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>2009</v>
+        <v>1980</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13">
         <v>2011</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14">
-        <v>1972</v>
+        <v>1980</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16">
         <v>2011</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17">
-        <v>1976</v>
+        <v>1988</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="D18">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19">
-        <v>2013</v>
+        <v>1988</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>2011</v>
+        <v>1992</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>49</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>1988</v>
+        <v>2009</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>52</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>53</v>
       </c>
       <c r="G29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>