--- v1 (2025-12-06)
+++ v2 (2026-01-11)
@@ -35,68 +35,74 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Eye on Europe: Prints, Books &amp; Multiples/1960 to Now</t>
+    <t>Eye on Europe: Prints, Books &amp; Multiples / 1960 to Now</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo, Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Political Advertisement IX 1952-2016</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
+    <t>Between the Frames: The Forum (japonés)</t>
+  </si>
+  <si>
+    <t>Horiko</t>
+  </si>
+  <si>
     <t>Between the Frames (the transcriptions) [Inglés]</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Actividades I</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Actividades I-II-III</t>
   </si>
   <si>
     <t>Muntadas: Media Architecture Installations</t>
@@ -140,84 +146,78 @@
   <si>
     <t>Adapter? On Translation: The Adapter</t>
   </si>
   <si>
     <t>Híbridos</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>CEE Project. Muntadas / El paraíso es de los extraños. Rogelio López Cuenca</t>
   </si>
   <si>
     <t>Málaga</t>
   </si>
   <si>
     <t>Standard: Específico, Spécifique, Specific</t>
   </si>
   <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
-    <t>Muntadas: Trabajos Recientes. Media Stadium.</t>
+    <t>Muntadas: Trabajos Recientes. Media Stadium</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>…Miedo?: Un proyecto de Muntadas</t>
   </si>
   <si>
     <t>Alicante</t>
   </si>
   <si>
     <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
   </si>
   <si>
     <t>Porto / Oporto</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand. MUNTADAS</t>
   </si>
   <si>
     <t>Between the Frames: Transcription des entretiens</t>
   </si>
   <si>
     <t>Burdeos</t>
   </si>
   <si>
     <t>On Translation_Paper/MVDR</t>
-  </si>
-[...4 lines deleted...]
-    <t>Horiko</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -604,530 +604,530 @@
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3">
         <v>2016</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4">
-        <v>2011</v>
+        <v>1997</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5">
-        <v>1972</v>
+        <v>2011</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6">
-        <v>1999</v>
+        <v>1972</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
-        <v>1976</v>
+        <v>2011</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D9">
-        <v>1999</v>
+        <v>1976</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>1980</v>
+        <v>2013</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
-        <v>1999</v>
+        <v>1980</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14">
-        <v>1980</v>
+        <v>2011</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15">
-        <v>2000</v>
+        <v>1980</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17">
-        <v>1988</v>
+        <v>2011</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19">
-        <v>1988</v>
+        <v>2000</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20">
-        <v>2003</v>
+        <v>1988</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>38</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>39</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>45</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>47</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>2009</v>
+        <v>1994</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>