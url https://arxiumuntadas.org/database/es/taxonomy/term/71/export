--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -74,192 +74,192 @@
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Rileggendo Monditalia. Laboratorio di Arti Visive. IUAV di Venezia</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Beuys</t>
   </si>
   <si>
     <t>Documental</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
+    <t>ON TRANSLATION: AÇIK RADYO</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Estambul</t>
+  </si>
+  <si>
+    <t>Metrópolis. Museo Reina Sofía: "Híbridos"</t>
+  </si>
+  <si>
+    <t>Programa de TV</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Muntadas: Situación 2011</t>
+  </si>
+  <si>
+    <t>El Arte del Video. 20 autores españoles</t>
+  </si>
+  <si>
+    <t>Engaged: 20 Years of the MIT Visual Arts Program</t>
+  </si>
+  <si>
+    <t>Conceptes. Coŀlecció Rafael Tous d'art contemporani</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Metrópolis. Bienal de Venecia</t>
+  </si>
+  <si>
+    <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t>Audit</t>
+  </si>
+  <si>
+    <t>Ciudad de Luxemburgo</t>
+  </si>
+  <si>
     <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
   </si>
   <si>
-    <t>Programa de TV</t>
-[...1 lines deleted...]
-  <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Rileggendo Monditalia.Laboratorio di Arti Visive.Prof. Antoni Muntadas.Assistente Alessandra Messali.a.a. 2014-2015</t>
   </si>
   <si>
     <t>Taipei Biennal. Great Theatre of the World.</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Taipei</t>
   </si>
   <si>
     <t>Metrópolis. Entre / Between</t>
   </si>
   <si>
-    <t>Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>Sol y Sombras. Eguzki-itzaletan. Turomaquias contemporáneas. Egungo tauromakiak</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Cadaqués: El Mite. Un documental de Pere Costa</t>
   </si>
   <si>
     <t>Artea, gertatzen den gauza (1965-1980) / El arte sucede (1965-1980)</t>
   </si>
   <si>
     <t>Antoni Muntadas, el traductor de imágenes</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Estrecho dudoso</t>
   </si>
   <si>
     <t>San José</t>
   </si>
   <si>
     <t>eitbkultura Agenda</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>Muntadas On Translation: Fear / Miedo</t>
   </si>
   <si>
-    <t>Publicación de Artista</t>
-[...1 lines deleted...]
-  <si>
     <t>Engaged: 20 years of the MIT visual arts program</t>
   </si>
   <si>
-    <t>Cambridge (MA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Entrevista Muntadas</t>
   </si>
   <si>
     <t>Quito</t>
   </si>
   <si>
     <t>On Translation: Miedo / Jauf</t>
   </si>
   <si>
     <t>Granada</t>
   </si>
   <si>
     <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition</t>
   </si>
   <si>
     <t>Esteu a punt per a la televisió? Entrevista a Antoni Muntadas</t>
   </si>
   <si>
     <t>Muntadas &amp; Reese. Political Advertisement VII (1952-2008)</t>
   </si>
   <si>
     <t>El documental de creación: de Muntadas a Antonio López</t>
   </si>
   <si>
     <t>Tesis doctoral</t>
   </si>
   <si>
     <t>Josep Lluís Sert/A Nomadic Dream</t>
-  </si>
-[...43 lines deleted...]
-    <t>Ciudad de Luxemburgo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -686,583 +686,583 @@
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5">
         <v>2017</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D7">
-        <v>2014</v>
+        <v>1988</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D8">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9">
         <v>2011</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D10">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D11">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E11"/>
-      <c r="F11"/>
+      <c r="F11" t="s">
+        <v>28</v>
+      </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D12">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D13">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="D14">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D15">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D16">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D17">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D18">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D19">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D20">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="D21">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E21"/>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D22">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E22"/>
-      <c r="F22"/>
+      <c r="F22" t="s">
+        <v>25</v>
+      </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>51</v>
       </c>
       <c r="D23">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D24">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="D25">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>21</v>
       </c>
       <c r="D26">
-        <v>1988</v>
+        <v>2005</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D27">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="D28">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>21</v>
       </c>
       <c r="D29">
-        <v>1989</v>
+        <v>2007</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D30">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="D31">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>21</v>
       </c>
       <c r="D32">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E32"/>
-      <c r="F32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F32"/>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D33">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="D34">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="G34"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>