--- v1 (2025-11-25)
+++ v2 (2026-01-23)
@@ -74,68 +74,80 @@
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Rileggendo Monditalia. Laboratorio di Arti Visive. IUAV di Venezia</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Beuys</t>
   </si>
   <si>
     <t>Documental</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
+    <t>El documental de creación: de Muntadas a Antonio López</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Josep Lluís Sert/A Nomadic Dream</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
     <t>ON TRANSLATION: AÇIK RADYO</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>Metrópolis. Museo Reina Sofía: "Híbridos"</t>
   </si>
   <si>
     <t>Programa de TV</t>
   </si>
   <si>
-    <t>Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Muntadas: Situación 2011</t>
   </si>
   <si>
     <t>El Arte del Video. 20 autores españoles</t>
   </si>
   <si>
     <t>Engaged: 20 Years of the MIT Visual Arts Program</t>
   </si>
   <si>
     <t>Conceptes. Coŀlecció Rafael Tous d'art contemporani</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Metrópolis. Bienal de Venecia</t>
@@ -167,99 +179,87 @@
   <si>
     <t>Taipei Biennal. Great Theatre of the World.</t>
   </si>
   <si>
     <t>Taipei</t>
   </si>
   <si>
     <t>Metrópolis. Entre / Between</t>
   </si>
   <si>
     <t>Sol y Sombras. Eguzki-itzaletan. Turomaquias contemporáneas. Egungo tauromakiak</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Cadaqués: El Mite. Un documental de Pere Costa</t>
   </si>
   <si>
     <t>Artea, gertatzen den gauza (1965-1980) / El arte sucede (1965-1980)</t>
   </si>
   <si>
     <t>Antoni Muntadas, el traductor de imágenes</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...1 lines deleted...]
-  <si>
     <t>Estrecho dudoso</t>
   </si>
   <si>
     <t>San José</t>
   </si>
   <si>
     <t>eitbkultura Agenda</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>Muntadas On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Engaged: 20 years of the MIT visual arts program</t>
   </si>
   <si>
     <t>Entrevista Muntadas</t>
   </si>
   <si>
     <t>Quito</t>
   </si>
   <si>
     <t>On Translation: Miedo / Jauf</t>
   </si>
   <si>
     <t>Granada</t>
   </si>
   <si>
     <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition</t>
   </si>
   <si>
     <t>Esteu a punt per a la televisió? Entrevista a Antoni Muntadas</t>
   </si>
   <si>
     <t>Muntadas &amp; Reese. Political Advertisement VII (1952-2008)</t>
-  </si>
-[...7 lines deleted...]
-    <t>Josep Lluís Sert/A Nomadic Dream</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -686,584 +686,584 @@
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5">
         <v>2017</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
-        <v>1988</v>
+        <v>2013</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
         <v>29</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9">
-        <v>2011</v>
+        <v>1988</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D10">
-        <v>1989</v>
+        <v>2012</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D11">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D12">
-        <v>2001</v>
+        <v>1989</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D13">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D15">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" t="s">
         <v>40</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="D17">
-        <v>2014</v>
+        <v>2001</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D18">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D19">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D20">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D21">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E21"/>
-      <c r="F21"/>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D22">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="D23">
         <v>2008</v>
       </c>
       <c r="E23"/>
-      <c r="F23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D24">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="D25">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D26">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D27">
         <v>2009</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="D28">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D29">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D30">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>63</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="D31">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D32">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E32"/>
-      <c r="F32"/>
+      <c r="F32" t="s">
+        <v>48</v>
+      </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="D33">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="D34">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E34"/>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F34"/>
       <c r="G34"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>