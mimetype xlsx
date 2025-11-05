--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -167,72 +167,72 @@
   <si>
     <t>Mauri I Muntadas [Planta]</t>
   </si>
   <si>
     <t>Antoni Muntadas na Casa de Serralves / at the Serralves Villa [folleto]</t>
   </si>
   <si>
     <t>Porto / Oporto</t>
   </si>
   <si>
     <t>Pantallas y Pastillas</t>
   </si>
   <si>
     <t>Muntadas. Estratexias do desprazamento [Hoja de sala]</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>FIAC, Auditorium</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
+    <t>LE PONT. Voyage entre aventure et mémoire / A journey between adventure and memory</t>
+  </si>
+  <si>
+    <t>Flyer, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>Muntadas. Palabras, palabras…</t>
+  </si>
+  <si>
+    <t>Muntadas. Projects / Proposals [Hoja de sala]</t>
+  </si>
+  <si>
     <t>FLUX Festival de Vídeo d’Autor 2016</t>
   </si>
   <si>
     <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
   </si>
   <si>
     <t>Tokio</t>
-  </si>
-[...13 lines deleted...]
-    <t>Muntadas. Projects / Proposals [Hoja de sala]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1045,153 +1045,153 @@
         <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26">
         <v>2012</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>50</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D27">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D28">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D29">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D30">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D31">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D32">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="G32"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>