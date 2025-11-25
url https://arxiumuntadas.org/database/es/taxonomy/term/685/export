--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -167,72 +167,72 @@
   <si>
     <t>Mauri I Muntadas [Planta]</t>
   </si>
   <si>
     <t>Antoni Muntadas na Casa de Serralves / at the Serralves Villa [folleto]</t>
   </si>
   <si>
     <t>Porto / Oporto</t>
   </si>
   <si>
     <t>Pantallas y Pastillas</t>
   </si>
   <si>
     <t>Muntadas. Estratexias do desprazamento [Hoja de sala]</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>FIAC, Auditorium</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
+    <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
     <t>LE PONT. Voyage entre aventure et mémoire / A journey between adventure and memory</t>
   </si>
   <si>
     <t>Flyer, Hoja de sala</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>Muntadas. Palabras, palabras…</t>
   </si>
   <si>
     <t>Muntadas. Projects / Proposals [Hoja de sala]</t>
   </si>
   <si>
     <t>FLUX Festival de Vídeo d’Autor 2016</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tokio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1045,153 +1045,153 @@
         <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26">
         <v>2012</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>50</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="D27">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>53</v>
+      </c>
+      <c r="B28" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" t="s">
         <v>54</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>9</v>
       </c>
       <c r="D29">
         <v>2017</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D31">
         <v>2016</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>27</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32">
         <v>2016</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="G32"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>