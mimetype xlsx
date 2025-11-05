--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -89,210 +89,210 @@
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
     <t>La cuestión del Estrecho en On Translation: Miedo / Jauf de Muntadas</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Falso pero Crible. Encontro da Universidade de Verán 93. Santiago de Compostela.</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Antoni Muntadas. Charla: Metodología del proyecto. 31 octubre 2017</t>
+  </si>
+  <si>
+    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t>Project and Protocols. A Lecture by Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Beijing</t>
+  </si>
+  <si>
+    <t>8e Colloque de Scénographie / Scénologie. Dispositifs et (re)presentations</t>
+  </si>
+  <si>
+    <t>Mónaco</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Charla: Proyectos recientes. 30 octubre 2017</t>
+  </si>
+  <si>
+    <t>Diálogos en Arte Contemporáneo : Simón Marchán – Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. La Metodologia del Progetto</t>
+  </si>
+  <si>
+    <t>Incontrart/Muntadas</t>
+  </si>
+  <si>
+    <t>Treviso</t>
+  </si>
+  <si>
+    <t>Conversazione d’autore. Antoni Muntadas.</t>
+  </si>
+  <si>
+    <t>Penny W. Stamps Distinguished Visitors Series : University of Michigan School of Art and Design</t>
+  </si>
+  <si>
+    <t>Ann Arbor (MI)</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Ulaanbaatar</t>
+  </si>
+  <si>
+    <t>The Future Archive [Folleto]</t>
+  </si>
+  <si>
+    <t>Charla, Folleto</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
+    <t>Connect_Disconnect. 5 giorni_5 ospiti</t>
+  </si>
+  <si>
+    <t>Censorship in Camouflage: A Project about the Unexplored Aspects of Censorship : Discussion Series I, Summer 2002 : Free Markets and Free Expression?</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Póster]</t>
   </si>
   <si>
-    <t>Ulaanbaatar</t>
-[...1 lines deleted...]
-  <si>
     <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
   </si>
   <si>
-    <t>Charla, Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
   </si>
   <si>
     <t>Journées interdisciplinaires sur l’art corporel et performances. Centre Georges Pompidou. Musée national d’art moderne. CAYC</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
   </si>
   <si>
     <t>Charla, Invitación, Programa de evento</t>
   </si>
   <si>
     <t>“Formats, Strategies, Interpretations and Translations”, ponencia en el simposio “The Digital Oblivion”</t>
   </si>
   <si>
     <t>Karlsruhe</t>
   </si>
   <si>
     <t>I Martedi Critici. Antoni Muntadas</t>
   </si>
   <si>
     <t>Asian Protocols. Muntadas. [Mesas redondas: Public/Private Space (4 marzo); Censorship (20 marzo); Construction of Fear (26 marzo)]</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>22. Exposición audiovisual : Ikusentzun erakusketa</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>Loop Talks. VIDEOTAPED. Live conversations on early video art. 25/26 May 2017</t>
   </si>
   <si>
     <t>Diap Talk by: Antoni Muntadas</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...7 lines deleted...]
-  <si>
     <t>Artist Antoni Muntadas in conversation with Niels Van Tomme (Director of De Appel, Amsterdam, Netherlands) (26 May)</t>
   </si>
   <si>
     <t>Projects and Protocols. Muntadas. July 28 Tuesday 2015</t>
   </si>
   <si>
     <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
-    <t>Censorship in Camouflage: A Project about the Unexplored Aspects of Censorship : Discussion Series I, Summer 2002 : Free Markets and Free Expression?</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas: Working in progress</t>
   </si>
   <si>
-    <t>Beijing</t>
-[...1 lines deleted...]
-  <si>
     <t>Faccia a faccia con l’archivio. L’artista e il tempo riattivato</t>
   </si>
   <si>
     <t>ARTISTS TALK ON ART : New Images From Spain : A dialog with Muntadas, Zush, Dario Villalba, Miquel Navarro : Moderated by Margit Rowell, dore Ashton</t>
   </si>
   <si>
     <t>Club Matador. Conversaciones con artistas. Antoni Muntadas. (Con Enrique del Río)</t>
   </si>
   <si>
     <t>Tokyo Wonder Site Residency. Open Studio 2015-2016. 18/7/2015</t>
   </si>
   <si>
     <t>Muntadas. Entre/Between</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>FLUX Festival de Vídeo d’Autor 2016 [Folleto]</t>
   </si>
   <si>
     <t>HELDULEKURIK GABE PENTSATZEA. Arkitektura: film-mintzairak / PENSAR SIN BARANDILLAS. Arquitectura: lenguajes fílmicos</t>
   </si>
   <si>
     <t>San Sebastián</t>
-  </si>
-[...46 lines deleted...]
-    <t>Connect_Disconnect. 5 giorni_5 ospiti</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -774,796 +774,796 @@
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2014</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D10">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D11">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D12">
-        <v>1979</v>
+        <v>2015</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D13">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D15">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D19">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D20">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
         <v>2017</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D24">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D25">
         <v>2017</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D26">
-        <v>2015</v>
+        <v>1979</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="D27">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D28">
-        <v>1980</v>
+        <v>2010</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D29">
         <v>2017</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D32">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D33">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>9</v>
       </c>
       <c r="D34">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35">
         <v>2017</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
         <v>9</v>
       </c>
       <c r="D36">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
         <v>9</v>
       </c>
       <c r="D37">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>9</v>
       </c>
       <c r="D38">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>69</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>9</v>
       </c>
       <c r="D39">
         <v>2017</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>9</v>
       </c>
       <c r="D40">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
         <v>9</v>
       </c>
       <c r="D41">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D42">
-        <v>2015</v>
+        <v>1980</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
         <v>9</v>
       </c>
       <c r="D43">
         <v>2017</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
         <v>9</v>
       </c>
       <c r="D44">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D45">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D46">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D47">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="G48"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>