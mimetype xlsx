--- v1 (2025-11-05)
+++ v2 (2025-12-17)
@@ -89,210 +89,210 @@
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
     <t>La cuestión del Estrecho en On Translation: Miedo / Jauf de Muntadas</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Falso pero Crible. Encontro da Universidade de Verán 93. Santiago de Compostela.</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Loop Talks. VIDEOTAPED. Live conversations on early video art. 25/26 May 2017</t>
+  </si>
+  <si>
+    <t>Diap Talk by: Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Penny W. Stamps Distinguished Visitors Series : University of Michigan School of Art and Design</t>
+  </si>
+  <si>
+    <t>Ann Arbor (MI)</t>
+  </si>
+  <si>
+    <t>Artist Antoni Muntadas in conversation with Niels Van Tomme (Director of De Appel, Amsterdam, Netherlands) (26 May)</t>
+  </si>
+  <si>
+    <t>Projects and Protocols. Muntadas. July 28 Tuesday 2015</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
+    <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Censorship in Camouflage: A Project about the Unexplored Aspects of Censorship : Discussion Series I, Summer 2002 : Free Markets and Free Expression?</t>
+  </si>
+  <si>
+    <t>Muntadas: Working in progress</t>
+  </si>
+  <si>
+    <t>Beijing</t>
+  </si>
+  <si>
+    <t>Faccia a faccia con l’archivio. L’artista e il tempo riattivato</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>ARTISTS TALK ON ART : New Images From Spain : A dialog with Muntadas, Zush, Dario Villalba, Miquel Navarro : Moderated by Margit Rowell, dore Ashton</t>
+  </si>
+  <si>
+    <t>Charla, Folleto</t>
+  </si>
+  <si>
+    <t>Club Matador. Conversaciones con artistas. Antoni Muntadas. (Con Enrique del Río)</t>
+  </si>
+  <si>
+    <t>Tokyo Wonder Site Residency. Open Studio 2015-2016. 18/7/2015</t>
+  </si>
+  <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>FLUX Festival de Vídeo d’Autor 2016 [Folleto]</t>
+  </si>
+  <si>
+    <t>HELDULEKURIK GABE PENTSATZEA. Arkitektura: film-mintzairak / PENSAR SIN BARANDILLAS. Arquitectura: lenguajes fílmicos</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
     <t>Antoni Muntadas. Charla: Metodología del proyecto. 31 octubre 2017</t>
   </si>
   <si>
     <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>Project and Protocols. A Lecture by Antoni Muntadas</t>
   </si>
   <si>
-    <t>Beijing</t>
-[...1 lines deleted...]
-  <si>
     <t>8e Colloque de Scénographie / Scénologie. Dispositifs et (re)presentations</t>
   </si>
   <si>
     <t>Mónaco</t>
   </si>
   <si>
     <t>Antoni Muntadas. Charla: Proyectos recientes. 30 octubre 2017</t>
   </si>
   <si>
-    <t>Diálogos en Arte Contemporáneo : Simón Marchán – Antoni Muntadas</t>
+    <t>Diálogos en Arte Contemporáneo: Simón Marchán – Antoni Muntadas [Póster]</t>
   </si>
   <si>
     <t>Antoni Muntadas. La Metodologia del Progetto</t>
   </si>
   <si>
     <t>Incontrart/Muntadas</t>
   </si>
   <si>
     <t>Treviso</t>
   </si>
   <si>
     <t>Conversazione d’autore. Antoni Muntadas.</t>
   </si>
   <si>
-    <t>Penny W. Stamps Distinguished Visitors Series : University of Michigan School of Art and Design</t>
-[...4 lines deleted...]
-  <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
   </si>
   <si>
     <t>Ulaanbaatar</t>
   </si>
   <si>
     <t>The Future Archive [Folleto]</t>
   </si>
   <si>
-    <t>Charla, Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>Connect_Disconnect. 5 giorni_5 ospiti</t>
   </si>
   <si>
-    <t>Censorship in Camouflage: A Project about the Unexplored Aspects of Censorship : Discussion Series I, Summer 2002 : Free Markets and Free Expression?</t>
-[...4 lines deleted...]
-  <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Póster]</t>
   </si>
   <si>
     <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
   </si>
   <si>
-    <t>Venecia</t>
-[...1 lines deleted...]
-  <si>
     <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
   </si>
   <si>
     <t>Journées interdisciplinaires sur l’art corporel et performances. Centre Georges Pompidou. Musée national d’art moderne. CAYC</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
   </si>
   <si>
     <t>Charla, Invitación, Programa de evento</t>
   </si>
   <si>
     <t>“Formats, Strategies, Interpretations and Translations”, ponencia en el simposio “The Digital Oblivion”</t>
   </si>
   <si>
     <t>Karlsruhe</t>
   </si>
   <si>
     <t>I Martedi Critici. Antoni Muntadas</t>
   </si>
   <si>
     <t>Asian Protocols. Muntadas. [Mesas redondas: Public/Private Space (4 marzo); Censorship (20 marzo); Construction of Fear (26 marzo)]</t>
   </si>
   <si>
-    <t>Tokio</t>
-[...1 lines deleted...]
-  <si>
     <t>22. Exposición audiovisual : Ikusentzun erakusketa</t>
   </si>
   <si>
     <t>Bilbao</t>
-  </si>
-[...46 lines deleted...]
-    <t>San Sebastián</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -778,788 +778,788 @@
       </c>
       <c r="D8">
         <v>2014</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9">
         <v>2017</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>29</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>39</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="D19">
-        <v>2016</v>
+        <v>1980</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D20">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D23">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D24">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D25">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D26">
-        <v>1979</v>
+        <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D27">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D29">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>9</v>
       </c>
       <c r="D32">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33">
         <v>2015</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>9</v>
       </c>
       <c r="D34">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D36">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="D37">
         <v>2012</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>9</v>
       </c>
       <c r="D38">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>9</v>
       </c>
       <c r="D39">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>9</v>
       </c>
       <c r="D40">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="D41">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="D42">
-        <v>1980</v>
+        <v>2017</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="D43">
-        <v>2017</v>
+        <v>1979</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="D44">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>9</v>
       </c>
       <c r="D45">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>23</v>
       </c>
       <c r="D46">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>76</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D47">
         <v>2016</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>77</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>78</v>
       </c>
       <c r="G48"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>