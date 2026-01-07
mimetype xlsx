--- v2 (2025-12-17)
+++ v3 (2026-01-07)
@@ -89,210 +89,210 @@
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
     <t>La cuestión del Estrecho en On Translation: Miedo / Jauf de Muntadas</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Falso pero Crible. Encontro da Universidade de Verán 93. Santiago de Compostela.</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Tokyo Wonder Site Residency. Open Studio 2015-2016. 18/7/2015</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
+    <t>Faccia a faccia con l’archivio. L’artista e il tempo riattivato</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>FLUX Festival de Vídeo d’Autor 2016 [Folleto]</t>
+  </si>
+  <si>
+    <t>Charla, Folleto</t>
+  </si>
+  <si>
+    <t>HELDULEKURIK GABE PENTSATZEA. Arkitektura: film-mintzairak / PENSAR SIN BARANDILLAS. Arquitectura: lenguajes fílmicos</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Charla: Metodología del proyecto. 31 octubre 2017</t>
+  </si>
+  <si>
+    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t>Project and Protocols. A Lecture by Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Beijing</t>
+  </si>
+  <si>
+    <t>8e Colloque de Scénographie / Scénologie. Dispositifs et (re)presentations</t>
+  </si>
+  <si>
+    <t>Mónaco</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Charla: Proyectos recientes. 30 octubre 2017</t>
+  </si>
+  <si>
+    <t>Diálogos en Arte Contemporáneo: Simón Marchán – Antoni Muntadas [Póster]</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. La Metodologia del Progetto</t>
+  </si>
+  <si>
+    <t>Incontrart/Muntadas</t>
+  </si>
+  <si>
+    <t>Treviso</t>
+  </si>
+  <si>
+    <t>Conversazione d’autore. Antoni Muntadas.</t>
+  </si>
+  <si>
+    <t>Penny W. Stamps Distinguished Visitors Series : University of Michigan School of Art and Design</t>
+  </si>
+  <si>
+    <t>Ann Arbor (MI)</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Ulaanbaatar</t>
+  </si>
+  <si>
+    <t>The Future Archive [Folleto]</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
+    <t>Connect_Disconnect. 5 giorni_5 ospiti</t>
+  </si>
+  <si>
+    <t>Censorship in Camouflage: A Project about the Unexplored Aspects of Censorship : Discussion Series I, Summer 2002 : Free Markets and Free Expression?</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Póster]</t>
+  </si>
+  <si>
+    <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
+  </si>
+  <si>
+    <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
+  </si>
+  <si>
+    <t>Journées interdisciplinaires sur l’art corporel et performances. Centre Georges Pompidou. Musée national d’art moderne. CAYC</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
+  </si>
+  <si>
+    <t>Charla, Invitación, Programa de evento</t>
+  </si>
+  <si>
+    <t>“Formats, Strategies, Interpretations and Translations”, ponencia en el simposio “The Digital Oblivion”</t>
+  </si>
+  <si>
+    <t>Karlsruhe</t>
+  </si>
+  <si>
+    <t>I Martedi Critici. Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Muntadas. [Mesas redondas: Public/Private Space (4 marzo); Censorship (20 marzo); Construction of Fear (26 marzo)]</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual : Ikusentzun erakusketa</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
     <t>Loop Talks. VIDEOTAPED. Live conversations on early video art. 25/26 May 2017</t>
   </si>
   <si>
     <t>Diap Talk by: Antoni Muntadas</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...7 lines deleted...]
-  <si>
     <t>Artist Antoni Muntadas in conversation with Niels Van Tomme (Director of De Appel, Amsterdam, Netherlands) (26 May)</t>
   </si>
   <si>
     <t>Projects and Protocols. Muntadas. July 28 Tuesday 2015</t>
   </si>
   <si>
-    <t>Tokio</t>
-[...1 lines deleted...]
-  <si>
     <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
-    <t>Censorship in Camouflage: A Project about the Unexplored Aspects of Censorship : Discussion Series I, Summer 2002 : Free Markets and Free Expression?</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas: Working in progress</t>
   </si>
   <si>
-    <t>Beijing</t>
-[...7 lines deleted...]
-  <si>
     <t>ARTISTS TALK ON ART : New Images From Spain : A dialog with Muntadas, Zush, Dario Villalba, Miquel Navarro : Moderated by Margit Rowell, dore Ashton</t>
   </si>
   <si>
-    <t>Charla, Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Club Matador. Conversaciones con artistas. Antoni Muntadas. (Con Enrique del Río)</t>
-  </si>
-[...106 lines deleted...]
-    <t>Bilbao</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -774,796 +774,796 @@
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2014</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D11">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D12">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13">
         <v>2015</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
         <v>2015</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
         <v>2017</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D19">
-        <v>1980</v>
+        <v>2004</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
         <v>2015</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
         <v>2017</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D23">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D24">
         <v>2016</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D25">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>9</v>
       </c>
       <c r="D27">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28">
         <v>2016</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D29">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D30">
         <v>2017</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D31">
-        <v>2004</v>
+        <v>1979</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="D32">
         <v>2016</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D34">
         <v>2017</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D36">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D37">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>9</v>
       </c>
       <c r="D38">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>9</v>
       </c>
       <c r="D39">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>9</v>
       </c>
       <c r="D40">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D41">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D42">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D43">
-        <v>1979</v>
+        <v>2002</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="D44">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>73</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>9</v>
       </c>
       <c r="D45">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D46">
         <v>2017</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D47">
-        <v>2016</v>
+        <v>1980</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="G48"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>