--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -12,167 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Otro" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Artist's shoes by Antoni Muntadas</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>VIDEO: the Artist and Technology</t>
   </si>
   <si>
     <t>Boston (MA), Amsterdam</t>
   </si>
   <si>
     <t>Acción Xerox</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Hort del Bartoli / Museu del citric</t>
   </si>
   <si>
+    <t>Ciudad Museo [Buenos Aires, 2007]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Ciudad Museo  [Madrid, 2011]</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Fragments</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>On Subjectivity</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Blackboard Dialog: Redefining Asian Protocols</t>
+  </si>
+  <si>
+    <t>Tokio, Seúl, Beijing</t>
+  </si>
+  <si>
+    <t>Museumstadt</t>
+  </si>
+  <si>
+    <t>Brujas</t>
+  </si>
+  <si>
     <t>Ciutat Museu [MACBA, 2002]</t>
   </si>
   <si>
     <t>Ville Musée</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Ville Musée?</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>Ciutat Museu [Galería del Àngels, 1992]</t>
   </si>
   <si>
     <t>Cidade Museu</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
     <t>City Museum?</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>On Translation: La imatge</t>
-  </si>
-[...37 lines deleted...]
-    <t>Brujas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -585,280 +588,282 @@
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
         <v>2019</v>
       </c>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>1973</v>
+      </c>
+      <c r="E8">
+        <v>1975</v>
+      </c>
       <c r="F8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E10"/>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>2014</v>
+      </c>
+      <c r="E11">
+        <v>2018</v>
+      </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2011</v>
+        <v>1991</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E15"/>
       <c r="F15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>1978</v>
-[...1 lines deleted...]
-      <c r="E17"/>
+        <v>1991</v>
+      </c>
+      <c r="E17">
+        <v>1994</v>
+      </c>
       <c r="F17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>2014</v>
-[...4 lines deleted...]
-      <c r="F18"/>
+        <v>1995</v>
+      </c>
+      <c r="E18"/>
+      <c r="F18" t="s">
+        <v>38</v>
+      </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>