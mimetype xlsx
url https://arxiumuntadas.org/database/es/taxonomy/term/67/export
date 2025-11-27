--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -59,50 +59,53 @@
   <si>
     <t>Artist's shoes by Antoni Muntadas</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>VIDEO: the Artist and Technology</t>
   </si>
   <si>
     <t>Boston (MA), Amsterdam</t>
   </si>
   <si>
     <t>Acción Xerox</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Hort del Bartoli / Museu del citric</t>
   </si>
   <si>
+    <t>On Translation: La imatge</t>
+  </si>
+  <si>
     <t>Ciudad Museo [Buenos Aires, 2007]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>Ciudad Museo  [Madrid, 2011]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
     <t>Asian Protocols: Fragments</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>On Subjectivity</t>
@@ -129,53 +132,50 @@
     <t>Ville Musée</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Ville Musée?</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>Ciutat Museu [Galería del Àngels, 1992]</t>
   </si>
   <si>
     <t>Cidade Museu</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
     <t>City Museum?</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
-  </si>
-[...1 lines deleted...]
-    <t>On Translation: La imatge</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -588,282 +588,282 @@
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
         <v>2019</v>
       </c>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E8"/>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>1973</v>
+      </c>
+      <c r="E9">
+        <v>1975</v>
+      </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1978</v>
+        <v>2014</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E11"/>
       <c r="F11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1991</v>
-[...1 lines deleted...]
-      <c r="E12"/>
+        <v>2014</v>
+      </c>
+      <c r="E12">
+        <v>2018</v>
+      </c>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1992</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E17"/>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E18"/>
+        <v>1991</v>
+      </c>
+      <c r="E18">
+        <v>1994</v>
+      </c>
       <c r="F18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>