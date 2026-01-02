--- v2 (2025-11-27)
+++ v3 (2026-01-02)
@@ -59,123 +59,123 @@
   <si>
     <t>Artist's shoes by Antoni Muntadas</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>VIDEO: the Artist and Technology</t>
   </si>
   <si>
     <t>Boston (MA), Amsterdam</t>
   </si>
   <si>
     <t>Acción Xerox</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Hort del Bartoli / Museu del citric</t>
   </si>
   <si>
+    <t>Ciudad Museo  [Madrid, 2011]</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Fragments</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>On Subjectivity</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Blackboard Dialog: Redefining Asian Protocols</t>
+  </si>
+  <si>
+    <t>Tokio, Seúl, Beijing</t>
+  </si>
+  <si>
+    <t>Museumstadt [Brujas, 1991]</t>
+  </si>
+  <si>
+    <t>Brujas</t>
+  </si>
+  <si>
+    <t>Ciutat Museu [MACBA, 2002]</t>
+  </si>
+  <si>
+    <t>Ville Musée [París, 1991]</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Ville Musée? [Marsella, 1991]</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
+  </si>
+  <si>
+    <t>Cidade Museu [Brasilia, 1991]</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>City Museum? [New York, 1995]</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
     <t>On Translation: La imatge</t>
   </si>
   <si>
     <t>Ciudad Museo [Buenos Aires, 2007]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
-  </si>
-[...64 lines deleted...]
-    <t>Nueva York (NY)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -588,278 +588,278 @@
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
         <v>2019</v>
       </c>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>1973</v>
+      </c>
+      <c r="E7">
+        <v>1975</v>
+      </c>
       <c r="F7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E9"/>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
         <v>2014</v>
       </c>
-      <c r="E10"/>
+      <c r="E10">
+        <v>2018</v>
+      </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1978</v>
+        <v>1991</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E12"/>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>1991</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>29</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E16"/>
+        <v>1991</v>
+      </c>
+      <c r="E16">
+        <v>1994</v>
+      </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E18"/>
       <c r="F18" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>39</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>