--- v3 (2026-01-02)
+++ v4 (2026-01-28)
@@ -59,50 +59,56 @@
   <si>
     <t>Artist's shoes by Antoni Muntadas</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>VIDEO: the Artist and Technology</t>
   </si>
   <si>
     <t>Boston (MA), Amsterdam</t>
   </si>
   <si>
     <t>Acción Xerox</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Hort del Bartoli / Museu del citric</t>
   </si>
   <si>
+    <t>Ciudad Museo [Buenos Aires, 2007]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
     <t>Ciudad Museo  [Madrid, 2011]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
     <t>Asian Protocols: Fragments</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>On Subjectivity</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Blackboard Dialog: Redefining Asian Protocols</t>
@@ -126,56 +132,50 @@
     <t>Paris</t>
   </si>
   <si>
     <t>Ville Musée? [Marsella, 1991]</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>Ciutat Museu [Galería del Àngels, 1992]</t>
   </si>
   <si>
     <t>Cidade Museu [Brasilia, 1991]</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
     <t>City Museum? [New York, 1995]</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>On Translation: La imatge</t>
-  </si>
-[...4 lines deleted...]
-    <t>Buenos Aires</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -588,282 +588,282 @@
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
         <v>2019</v>
       </c>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E7"/>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>1973</v>
+      </c>
+      <c r="E8">
+        <v>1975</v>
+      </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1978</v>
+        <v>2014</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1991</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>2014</v>
+      </c>
+      <c r="E11">
+        <v>2018</v>
+      </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>1992</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E16"/>
       <c r="F16" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E17"/>
+        <v>1991</v>
+      </c>
+      <c r="E17">
+        <v>1994</v>
+      </c>
       <c r="F17" t="s">
         <v>36</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>