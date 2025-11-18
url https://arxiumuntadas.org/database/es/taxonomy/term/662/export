--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -12,86 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Catalán" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>MANUAL</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
     <t>Antoni Muntadas: De tot el que fem n'hem d'aprendre alguna cosa</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
-    <t>Barcelona</t>
-[...2 lines deleted...]
-    <t>Muntadas. La construcció de la por.</t>
+    <t>Muntadas. La construcció de la por</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Sadomasoqués, exposició a Cadaqués</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Programa de TV</t>
   </si>
   <si>
     <t>ARA Diari especial. La construcció de la por</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Página de prensa intervención Diari ARA</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Sadomasoqués: artistes tocats per Cadaqués</t>
   </si>
@@ -137,53 +143,50 @@
   <si>
     <t>Muntadas presentarà a la Biennal de Venècia un treball sobre la banalització de la cultura</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Els Slogans d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Els xinesos, els japonesos i els coreans van a veure el Parc Güell, però entre ells no hi ha comunicació</t>
   </si>
   <si>
     <t>La passió asiàtica amb sentit crític d'Antoni Muntadas</t>
   </si>
   <si>
     <t>L’artista Antoni Muntadas, al Simposi d’Art i Traducció</t>
   </si>
   <si>
     <t>Vic</t>
   </si>
   <si>
     <t>Barcelona 2005. Any del llibre i la lectura</t>
   </si>
   <si>
-    <t>Compilación</t>
-[...1 lines deleted...]
-  <si>
     <t>Art i posttraducció. Teories i pràctiques en el món postdigital</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Petit temps de vídeo-instal.lació</t>
   </si>
   <si>
     <t>Periódico</t>
   </si>
   <si>
     <t>Paratopias</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Periódico</t>
   </si>
   <si>
     <t>Muntadas, l’artista que no s’atura i que ens fa moure</t>
   </si>
   <si>
     <t>Palmadotze inaugura aquest dissabte l’exposició col·lectiva ‘I la paraula es va fer carn’</t>
   </si>
   <si>
     <t>Vilafranca del Penedès</t>
@@ -533,98 +536,191 @@
   <si>
     <t>Folleto, Taller</t>
   </si>
   <si>
     <t>Recerca en Humanitats 2018</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>Turbulencias / Turbulències / Turbulences [Folleto]</t>
   </si>
   <si>
     <t>Folleto, Guía</t>
   </si>
   <si>
     <t>Sublime. Art Community News Service. All the Power to the Artists.</t>
   </si>
   <si>
     <t>Cultura|s. Deu fites artistiques</t>
   </si>
   <si>
     <t>Visions espanyoles de Nova York</t>
   </si>
   <si>
+    <t>Liberxina. Pop i nous comportements artístics [Folleto]</t>
+  </si>
+  <si>
     <t>Liberxina. Pop i nous comportements artístics [Invitación]</t>
   </si>
   <si>
-    <t>Liberxina. Pop i nous comportements artístics [Folleto]</t>
-[...1 lines deleted...]
-  <si>
     <t>LOOP Barcelona 2018</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Liberxina. Pop i nous comportements artístics</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>La condición de contorno. Sobre l'arxiu i els seus límits</t>
   </si>
   <si>
     <t>TOUT VA BIEN</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
     <t>L'estació núm. 8 estiu Antonio Gamoneda i Antoni Muntadas</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Agenda MACBA Gener-Març 2018</t>
   </si>
   <si>
     <t>La pols del cos. Usos i representacions de l’espai. Col·lecció per amor a l’art</t>
   </si>
   <si>
     <t>Muntadas Edicions II</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
+  </si>
+  <si>
+    <t>Galeria Cadaqués. Obres de la coŀlecció Bombelli</t>
+  </si>
+  <si>
+    <t>Paral·lel Benet Rossell</t>
+  </si>
+  <si>
+    <t>Homenatge a Benet Rossell</t>
+  </si>
+  <si>
+    <t>Visu3l: Bacanal I audiovisual</t>
+  </si>
+  <si>
+    <t>LOOP Fair / LOOP Fest GUIDE</t>
+  </si>
+  <si>
+    <t>Intel.ligència col.lectiva: Noves fronteres de la ciència, l'art i el pesament</t>
+  </si>
+  <si>
+    <t>Muntadas. 21.3.1998 Mercat de Vilafranca</t>
+  </si>
+  <si>
+    <t>Banda Sonora, Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Fora de Camp. Set itineraris per l'audiovisual català dels anys 60 als 90.</t>
+  </si>
+  <si>
+    <t>News Letter</t>
+  </si>
+  <si>
+    <t>Sala Hal : Antoni Muntadas : Projectes: vídeo, instal·lacions i sistemes interactius : Audiovisual i nou mil·lenni</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
+    <t>VAIA 2006. V Mostra de Video Art Internacional d'Alcoi</t>
+  </si>
+  <si>
+    <t>Alcoi</t>
+  </si>
+  <si>
+    <t>La revolta poètica 1964 -1982</t>
+  </si>
+  <si>
+    <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
+  </si>
+  <si>
+    <t>Transterrats</t>
+  </si>
+  <si>
+    <t>Fernando Vijande. Retrat: 1971-1987</t>
+  </si>
+  <si>
+    <t>Qüestions d'Art / 1968</t>
+  </si>
+  <si>
+    <t>Muntadas. Slogans</t>
+  </si>
+  <si>
+    <t>Grup de Treball</t>
+  </si>
+  <si>
+    <t>Transversal. L'era digital. Núm 1. 1996</t>
+  </si>
+  <si>
+    <t>Intervencions a Lleida. Idees i projectes per a una ciutat. [Folleto]</t>
+  </si>
+  <si>
+    <t>Vídeo Art. Comportament Behavior</t>
+  </si>
+  <si>
+    <t>Horitzó TV. Perspectives d'una altra televisió possible</t>
+  </si>
+  <si>
+    <t>Aportacions catalanes universals</t>
+  </si>
+  <si>
+    <t>Col·lecció Josep Suñol. Catàleg Raonat</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>De la pràctica artística a la comunicació audiovisual i multimèdia</t>
+  </si>
+  <si>
+    <t>Subculture and Homogenization= Subcultura i homogenïtzació</t>
+  </si>
+  <si>
     <t>Edicions</t>
   </si>
   <si>
     <t>Carambolage IV. Civitas.</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Epíleg. Lugares de la memoria</t>
   </si>
   <si>
     <t>Castellón de la Plana</t>
   </si>
   <si>
     <t>Muntadas : DES/APARICIONS</t>
   </si>
   <si>
     <t>Virreina, els dilluns de vídeo. 60 Cintes representatives de l'evolució del vídeo de creació.</t>
   </si>
   <si>
     <t>Impasse 7. Ciutats negades 2. Recuperant espais urbans oblidats. / Ciudades negadas 2. Recuperando espacios urbanos olvidados</t>
   </si>
   <si>
     <t>FLUX 2015 Festival de vídeo d'autor</t>
@@ -662,53 +758,50 @@
   <si>
     <t>Geografías del desorden. Migración, alteridad y nueva esfera social.</t>
   </si>
   <si>
     <t>Jordi Benito. Idees com a imatges / documents com a obres d'art. 1971 - 1984</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Temps com a matèria. Col·leción MACBA. Noves incorporacions.</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>Art públic I producció de localitat</t>
   </si>
   <si>
     <t>Fragments</t>
   </si>
   <si>
     <t>Himne dels Himnes</t>
   </si>
   <si>
-    <t>Banda Sonora, Publicación de Artista</t>
-[...1 lines deleted...]
-  <si>
     <t>Conceptes. Coŀlecció Rafael Tous d'art contemporani</t>
   </si>
   <si>
     <t>Present continu. Producció Artistica i construcció de realitat</t>
   </si>
   <si>
     <t>Pròximament als carrers de Barcelona : 13 -25 setembre 2004. On Translation: La Ciutat</t>
   </si>
   <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>Sala Tres 1972-1979 en la ruta de l'art alternatiu a Catalunya</t>
   </si>
   <si>
     <t>Marisa Ciento. Art i galerisme a Barcelona</t>
   </si>
   <si>
     <t>Col·lecció MACBA 31. #ColMacba31. #Expriència. #Temps. #Conflicte.</t>
   </si>
   <si>
     <t>Catálogo Colección, Folleto</t>
@@ -894,140 +987,50 @@
     <t>Gelatina dura. Històries escamotejades dels 80</t>
   </si>
   <si>
     <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
   </si>
   <si>
     <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
   </si>
   <si>
     <t>Homenatge de Catalunya a Alexandre Cirici (1914-1983)</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Catalán]</t>
   </si>
   <si>
     <t>Des/Aparicions</t>
   </si>
   <si>
     <t>( D' ) oïda</t>
   </si>
   <si>
     <t>Barcelona. Metròpolis Mediterrània N.º 12 Invierno 1988-89. Revista trimestral del Ayuntamiento de Barcelona.</t>
   </si>
   <si>
     <t>Dénonciation</t>
-  </si>
-[...88 lines deleted...]
-    <t>Subculture and Homogenization= Subcultura i homogenïtzació</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1327,51 +1330,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G249"/>
+  <dimension ref="A1:G250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="175" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1471,4555 +1474,4572 @@
       <c r="E6"/>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
-      <c r="F12"/>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>29</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
-      <c r="F13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F13"/>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
-      <c r="F20"/>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>47</v>
+      </c>
+      <c r="B24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>52</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>54</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>55</v>
+      </c>
+      <c r="B30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C30" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" t="s">
+        <v>8</v>
+      </c>
+      <c r="C31" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>59</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>60</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>62</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>65</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>66</v>
+      </c>
+      <c r="B38" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>70</v>
+      </c>
+      <c r="B40" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>77</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>79</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D46">
         <v>2022</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D47">
         <v>2022</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D48">
         <v>2022</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>84</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="D49">
         <v>2022</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>85</v>
+      </c>
+      <c r="B50" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D50">
         <v>2022</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="D51">
         <v>2022</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D52">
         <v>2022</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>91</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="D53">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>92</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="D54">
         <v>2021</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="D55">
         <v>2021</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D56">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>98</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D57">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>99</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="D58">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>100</v>
+      </c>
+      <c r="B59" t="s">
+        <v>8</v>
+      </c>
+      <c r="C59" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D59">
         <v>2021</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
+        <v>102</v>
+      </c>
+      <c r="B60" t="s">
+        <v>8</v>
+      </c>
+      <c r="C60" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D60">
         <v>2021</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>104</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D61">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>105</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D62">
         <v>1974</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>106</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D63">
         <v>1974</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>107</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D64">
         <v>1974</v>
       </c>
       <c r="E64"/>
-      <c r="F64"/>
+      <c r="F64" t="s">
+        <v>73</v>
+      </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>108</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D65">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E65"/>
-      <c r="F65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F65"/>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>109</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D66">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>110</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D67">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>111</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D68">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>112</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D69">
         <v>1973</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>113</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D70">
         <v>1973</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>114</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D71">
         <v>1973</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>115</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="D72">
         <v>1973</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
+        <v>116</v>
+      </c>
+      <c r="B73" t="s">
+        <v>8</v>
+      </c>
+      <c r="C73" t="s">
         <v>117</v>
       </c>
-      <c r="B73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D73">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>118</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="D74">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>119</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D75">
         <v>1971</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
+        <v>120</v>
+      </c>
+      <c r="B76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C76" t="s">
         <v>121</v>
       </c>
-      <c r="B76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D76">
-        <v>2021</v>
+        <v>1971</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>122</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D77">
         <v>2021</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>123</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="D78">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
+        <v>124</v>
+      </c>
+      <c r="B79" t="s">
+        <v>8</v>
+      </c>
+      <c r="C79" t="s">
         <v>125</v>
       </c>
-      <c r="B79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D79">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>126</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D80">
         <v>2021</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>127</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D81">
         <v>2021</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>10</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>128</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="D82">
         <v>2021</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>129</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>130</v>
+        <v>103</v>
       </c>
       <c r="D83">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>39</v>
+        <v>97</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
+        <v>130</v>
+      </c>
+      <c r="B84" t="s">
+        <v>8</v>
+      </c>
+      <c r="C84" t="s">
         <v>131</v>
       </c>
-      <c r="B84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>132</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D85">
         <v>2020</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>133</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>134</v>
+        <v>9</v>
       </c>
       <c r="D86">
         <v>2020</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
+        <v>134</v>
+      </c>
+      <c r="B87" t="s">
+        <v>8</v>
+      </c>
+      <c r="C87" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D87">
         <v>2020</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>136</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D88">
         <v>2020</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>137</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D89">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>138</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D90">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>139</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D91">
         <v>2020</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>140</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="D92">
-        <v>1988</v>
+        <v>2020</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
+        <v>141</v>
+      </c>
+      <c r="B93" t="s">
+        <v>8</v>
+      </c>
+      <c r="C93" t="s">
         <v>142</v>
       </c>
-      <c r="B93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D93">
-        <v>2003</v>
+        <v>1988</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>143</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D94">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>144</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>18</v>
+        <v>142</v>
       </c>
       <c r="D95">
-        <v>2018</v>
+        <v>1983</v>
       </c>
       <c r="E95"/>
-      <c r="F95"/>
+      <c r="F95" t="s">
+        <v>81</v>
+      </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>145</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D96">
-        <v>1985</v>
+        <v>2018</v>
       </c>
       <c r="E96"/>
-      <c r="F96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F96"/>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>146</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>147</v>
+        <v>36</v>
       </c>
       <c r="D97">
-        <v>2019</v>
+        <v>1985</v>
       </c>
       <c r="E97"/>
-      <c r="F97"/>
+      <c r="F97" t="s">
+        <v>10</v>
+      </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
+        <v>147</v>
+      </c>
+      <c r="B98" t="s">
+        <v>8</v>
+      </c>
+      <c r="C98" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D98">
         <v>2019</v>
       </c>
       <c r="E98"/>
-      <c r="F98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F98"/>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>149</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99">
+        <v>2019</v>
+      </c>
+      <c r="E99"/>
+      <c r="F99" t="s">
         <v>41</v>
       </c>
-      <c r="D99">
-[...3 lines deleted...]
-      <c r="F99"/>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>150</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>151</v>
+        <v>9</v>
       </c>
       <c r="D100">
-        <v>1985</v>
+        <v>2001</v>
       </c>
       <c r="E100"/>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
+        <v>151</v>
+      </c>
+      <c r="B101" t="s">
+        <v>8</v>
+      </c>
+      <c r="C101" t="s">
         <v>152</v>
       </c>
-      <c r="B101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D101">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>153</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D102">
-        <v>2019</v>
+        <v>1986</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
+        <v>154</v>
+      </c>
+      <c r="B103" t="s">
+        <v>8</v>
+      </c>
+      <c r="C103" t="s">
         <v>155</v>
       </c>
-      <c r="B103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D103">
-        <v>1998</v>
+        <v>2019</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>156</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
       <c r="D104">
-        <v>2019</v>
+        <v>1998</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>157</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>116</v>
+        <v>155</v>
       </c>
       <c r="D105">
-        <v>1991</v>
+        <v>2019</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>158</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="D106">
-        <v>2019</v>
+        <v>1991</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>159</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D107">
         <v>2019</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>160</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>161</v>
+        <v>36</v>
       </c>
       <c r="D108">
-        <v>1983</v>
+        <v>2019</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
+        <v>161</v>
+      </c>
+      <c r="B109" t="s">
+        <v>8</v>
+      </c>
+      <c r="C109" t="s">
         <v>162</v>
       </c>
-      <c r="B109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D109">
-        <v>2004</v>
+        <v>1983</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
+        <v>163</v>
+      </c>
+      <c r="B110" t="s">
+        <v>8</v>
+      </c>
+      <c r="C110" t="s">
         <v>164</v>
       </c>
-      <c r="B110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D110">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>165</v>
+      </c>
+      <c r="B111" t="s">
+        <v>8</v>
+      </c>
+      <c r="C111" t="s">
         <v>166</v>
       </c>
-      <c r="B111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D111">
-        <v>2018</v>
+        <v>2003</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
+        <v>167</v>
+      </c>
+      <c r="B112" t="s">
+        <v>8</v>
+      </c>
+      <c r="C112" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D112">
         <v>2018</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>169</v>
+      </c>
+      <c r="B113" t="s">
+        <v>8</v>
+      </c>
+      <c r="C113" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D113">
         <v>2018</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>171</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D114">
         <v>2018</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>172</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D115">
         <v>2018</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>10</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>173</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="D116">
         <v>2018</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>10</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>174</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D117">
         <v>2018</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>10</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>175</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>176</v>
+        <v>125</v>
       </c>
       <c r="D118">
         <v>2018</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>10</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
+        <v>176</v>
+      </c>
+      <c r="B119" t="s">
+        <v>8</v>
+      </c>
+      <c r="C119" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="D119">
         <v>2018</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>10</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
+        <v>178</v>
+      </c>
+      <c r="B120" t="s">
+        <v>8</v>
+      </c>
+      <c r="C120" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D120">
         <v>2018</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>180</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>29</v>
+        <v>162</v>
       </c>
       <c r="D121">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>181</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D122">
-        <v>1983</v>
+        <v>2017</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>182</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>116</v>
+        <v>31</v>
       </c>
       <c r="D123">
-        <v>2017</v>
+        <v>1983</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
         <v>10</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>183</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>184</v>
+        <v>117</v>
       </c>
       <c r="D124">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
         <v>10</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
+        <v>184</v>
+      </c>
+      <c r="B125" t="s">
+        <v>8</v>
+      </c>
+      <c r="C125" t="s">
         <v>185</v>
       </c>
-      <c r="B125" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D125">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
         <v>10</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>186</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>29</v>
+        <v>162</v>
       </c>
       <c r="D126">
         <v>2018</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>187</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="D127">
         <v>2018</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
+        <v>188</v>
+      </c>
+      <c r="B128" t="s">
+        <v>8</v>
+      </c>
+      <c r="C128" t="s">
         <v>189</v>
       </c>
-      <c r="B128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D128">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
         <v>10</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>190</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D129">
-        <v>2000</v>
+        <v>1978</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>191</v>
+        <v>10</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D130">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>193</v>
+        <v>10</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>88</v>
+        <v>135</v>
       </c>
       <c r="D131">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D132">
-        <v>1984</v>
+        <v>2017</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D133">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D134">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>10</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D135">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>10</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>9</v>
+        <v>198</v>
       </c>
       <c r="D136">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
         <v>10</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="D137">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
         <v>9</v>
       </c>
       <c r="D138">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="D139">
-        <v>2007</v>
+        <v>1995</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D140">
-        <v>2000</v>
+        <v>1980</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>10</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D141">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>63</v>
+        <v>204</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D142">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
         <v>10</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D143">
-        <v>1984</v>
+        <v>2017</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D144">
-        <v>2006</v>
+        <v>1994</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>210</v>
+        <v>31</v>
       </c>
       <c r="D145">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>178</v>
+        <v>44</v>
       </c>
       <c r="D146">
-        <v>2009</v>
+        <v>1968</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>10</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D147">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="D148">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D149">
         <v>1996</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>216</v>
+        <v>89</v>
       </c>
       <c r="D150">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D151">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D152">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
         <v>10</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="D153">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
         <v>10</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="D154">
-        <v>1987</v>
+        <v>2004</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>221</v>
+        <v>10</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="D155">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>10</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>41</v>
+        <v>131</v>
       </c>
       <c r="D156">
-        <v>2016</v>
+        <v>1999</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
         <v>10</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>225</v>
+        <v>44</v>
       </c>
       <c r="D157">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
         <v>10</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D158">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
         <v>10</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D159">
-        <v>1970</v>
+        <v>2000</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>10</v>
+        <v>223</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D160">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="E160"/>
-      <c r="F160"/>
+      <c r="F160" t="s">
+        <v>225</v>
+      </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>188</v>
+        <v>89</v>
       </c>
       <c r="D161">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D162">
-        <v>2002</v>
+        <v>1984</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
         <v>10</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D163">
         <v>2007</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D164">
         <v>2015</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
         <v>10</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D165">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D166">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
         <v>10</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>29</v>
+        <v>233</v>
       </c>
       <c r="D167">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>235</v>
+        <v>10</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
-        <v>225</v>
+        <v>12</v>
       </c>
       <c r="D168">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>188</v>
+        <v>18</v>
       </c>
       <c r="D169">
-        <v>1979</v>
+        <v>2007</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
         <v>10</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D170">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>116</v>
+        <v>44</v>
       </c>
       <c r="D171">
-        <v>1971</v>
+        <v>2002</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>9</v>
+        <v>89</v>
       </c>
       <c r="D172">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="D173">
-        <v>2014</v>
+        <v>1984</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D174">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>43</v>
+        <v>242</v>
       </c>
       <c r="D175">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>88</v>
+        <v>179</v>
       </c>
       <c r="D176">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
         <v>10</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D177">
-        <v>1989</v>
+        <v>1995</v>
       </c>
       <c r="E177"/>
-      <c r="F177"/>
+      <c r="F177" t="s">
+        <v>10</v>
+      </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>29</v>
+        <v>131</v>
       </c>
       <c r="D178">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
         <v>10</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="D179">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="D180">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
         <v>10</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="D181">
-        <v>1980</v>
+        <v>2001</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="D182">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="D183">
-        <v>1972</v>
+        <v>2004</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
         <v>10</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D184">
-        <v>2010</v>
+        <v>1987</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>10</v>
+        <v>252</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D185">
-        <v>1964</v>
+        <v>2007</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
         <v>10</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D186">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
+        <v>255</v>
+      </c>
+      <c r="B187" t="s">
+        <v>8</v>
+      </c>
+      <c r="C187" t="s">
         <v>256</v>
       </c>
-      <c r="B187" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D187">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>257</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D188">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
         <v>10</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>258</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="D189">
-        <v>1992</v>
+        <v>1970</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>259</v>
+        <v>10</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D190">
-        <v>2015</v>
+        <v>1996</v>
       </c>
       <c r="E190"/>
-      <c r="F190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F190"/>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>134</v>
+        <v>189</v>
       </c>
       <c r="D191">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
         <v>10</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="D192">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
         <v>10</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="D193">
-        <v>1983</v>
+        <v>2007</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D194">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
         <v>10</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
-        <v>167</v>
+        <v>31</v>
       </c>
       <c r="D195">
-        <v>1976</v>
+        <v>1989</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D196">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
         <v>10</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D197">
-        <v>1964</v>
+        <v>2017</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="D198">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
-        <v>43</v>
+        <v>189</v>
       </c>
       <c r="D199">
-        <v>2008</v>
+        <v>1979</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
         <v>10</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="D200">
-        <v>1980</v>
+        <v>1996</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
         <v>10</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="D201">
-        <v>1992</v>
+        <v>1971</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
         <v>10</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D202">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>274</v>
+        <v>10</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
-        <v>41</v>
+        <v>189</v>
       </c>
       <c r="D203">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
         <v>10</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>277</v>
+        <v>31</v>
       </c>
       <c r="D204">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
         <v>10</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="D205">
-        <v>1988</v>
+        <v>2007</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D206">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
         <v>10</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D207">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="E207"/>
-      <c r="F207" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F207"/>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D208">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
         <v>10</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D209">
-        <v>1977</v>
+        <v>1994</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
         <v>10</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="D210">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
         <v>10</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B211" t="s">
         <v>8</v>
       </c>
       <c r="C211" t="s">
-        <v>43</v>
+        <v>189</v>
       </c>
       <c r="D211">
-        <v>2009</v>
+        <v>1980</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>10</v>
+        <v>281</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D212">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="D213">
-        <v>1993</v>
+        <v>1972</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
         <v>10</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D214">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
-        <v>134</v>
+        <v>31</v>
       </c>
       <c r="D215">
-        <v>1984</v>
+        <v>1964</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
         <v>10</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="D216">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
-        <v>188</v>
+        <v>44</v>
       </c>
       <c r="D217">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D218">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
         <v>10</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D219">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>10</v>
+        <v>290</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D220">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
         <v>10</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="D221">
-        <v>1978</v>
+        <v>2010</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
         <v>10</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>29</v>
+        <v>293</v>
       </c>
       <c r="D222">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
         <v>10</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>134</v>
+        <v>189</v>
       </c>
       <c r="D223">
-        <v>2010</v>
+        <v>1983</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B224" t="s">
         <v>8</v>
       </c>
       <c r="C224" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D224">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
         <v>10</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B225" t="s">
         <v>8</v>
       </c>
       <c r="C225" t="s">
-        <v>29</v>
+        <v>168</v>
       </c>
       <c r="D225">
-        <v>1994</v>
+        <v>1976</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
         <v>10</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="B226" t="s">
         <v>8</v>
       </c>
       <c r="C226" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
       <c r="D226">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E226"/>
       <c r="F226" t="s">
         <v>10</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B227" t="s">
         <v>8</v>
       </c>
       <c r="C227" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D227">
-        <v>2007</v>
+        <v>1964</v>
       </c>
       <c r="E227"/>
       <c r="F227" t="s">
-        <v>10</v>
+        <v>299</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B228" t="s">
         <v>8</v>
       </c>
       <c r="C228" t="s">
-        <v>216</v>
+        <v>31</v>
       </c>
       <c r="D228">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
         <v>10</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B229" t="s">
         <v>8</v>
       </c>
       <c r="C229" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="D229">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
         <v>10</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B230" t="s">
         <v>8</v>
       </c>
       <c r="C230" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="D230">
-        <v>1990</v>
+        <v>1980</v>
       </c>
       <c r="E230"/>
       <c r="F230" t="s">
         <v>10</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B231" t="s">
         <v>8</v>
       </c>
       <c r="C231" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D231">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E231"/>
       <c r="F231" t="s">
         <v>10</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B232" t="s">
         <v>8</v>
       </c>
       <c r="C232" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D232">
-        <v>1980</v>
+        <v>2015</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>10</v>
+        <v>305</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>306</v>
       </c>
       <c r="B233" t="s">
         <v>8</v>
       </c>
       <c r="C233" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D233">
         <v>2006</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>307</v>
+        <v>10</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
+        <v>307</v>
+      </c>
+      <c r="B234" t="s">
+        <v>8</v>
+      </c>
+      <c r="C234" t="s">
         <v>308</v>
       </c>
-      <c r="B234" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D234">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E234"/>
       <c r="F234" t="s">
         <v>10</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>309</v>
       </c>
       <c r="B235" t="s">
         <v>8</v>
       </c>
       <c r="C235" t="s">
-        <v>88</v>
+        <v>308</v>
       </c>
       <c r="D235">
-        <v>2017</v>
+        <v>1988</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
         <v>10</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>310</v>
       </c>
       <c r="B236" t="s">
         <v>8</v>
       </c>
       <c r="C236" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D236">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
         <v>10</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>311</v>
       </c>
       <c r="B237" t="s">
         <v>8</v>
       </c>
       <c r="C237" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="D237">
-        <v>2017</v>
+        <v>1988</v>
       </c>
       <c r="E237"/>
       <c r="F237" t="s">
         <v>10</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>312</v>
       </c>
       <c r="B238" t="s">
         <v>8</v>
       </c>
       <c r="C238" t="s">
-        <v>43</v>
+        <v>89</v>
       </c>
       <c r="D238">
-        <v>1968</v>
+        <v>1988</v>
       </c>
       <c r="E238"/>
       <c r="F238" t="s">
         <v>10</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>313</v>
       </c>
       <c r="B239" t="s">
         <v>8</v>
       </c>
       <c r="C239" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="D239">
-        <v>2001</v>
+        <v>1977</v>
       </c>
       <c r="E239"/>
       <c r="F239" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>314</v>
       </c>
       <c r="B240" t="s">
         <v>8</v>
       </c>
       <c r="C240" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D240">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
         <v>10</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>315</v>
       </c>
       <c r="B241" t="s">
         <v>8</v>
       </c>
       <c r="C241" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D241">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>316</v>
       </c>
       <c r="B242" t="s">
         <v>8</v>
       </c>
       <c r="C242" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D242">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E242"/>
       <c r="F242" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>317</v>
       </c>
       <c r="B243" t="s">
         <v>8</v>
       </c>
       <c r="C243" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D243">
-        <v>1981</v>
+        <v>1993</v>
       </c>
       <c r="E243"/>
       <c r="F243" t="s">
         <v>10</v>
       </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>318</v>
       </c>
       <c r="B244" t="s">
         <v>8</v>
       </c>
       <c r="C244" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D244">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>319</v>
       </c>
       <c r="B245" t="s">
         <v>8</v>
       </c>
       <c r="C245" t="s">
-        <v>41</v>
+        <v>135</v>
       </c>
       <c r="D245">
-        <v>2014</v>
+        <v>1984</v>
       </c>
       <c r="E245"/>
       <c r="F245" t="s">
         <v>10</v>
       </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>320</v>
       </c>
       <c r="B246" t="s">
         <v>8</v>
       </c>
       <c r="C246" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="D246">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E246"/>
       <c r="F246" t="s">
         <v>10</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
         <v>321</v>
       </c>
       <c r="B247" t="s">
         <v>8</v>
       </c>
       <c r="C247" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="D247">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E247"/>
       <c r="F247" t="s">
         <v>10</v>
       </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>322</v>
       </c>
       <c r="B248" t="s">
         <v>8</v>
       </c>
       <c r="C248" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="D248">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
         <v>10</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>323</v>
       </c>
       <c r="B249" t="s">
         <v>8</v>
       </c>
       <c r="C249" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D249">
-        <v>1998</v>
+        <v>1988</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
         <v>10</v>
       </c>
       <c r="G249"/>
+    </row>
+    <row r="250" spans="1:7">
+      <c r="A250" t="s">
+        <v>324</v>
+      </c>
+      <c r="B250" t="s">
+        <v>8</v>
+      </c>
+      <c r="C250" t="s">
+        <v>89</v>
+      </c>
+      <c r="D250">
+        <v>1992</v>
+      </c>
+      <c r="E250"/>
+      <c r="F250" t="s">
+        <v>10</v>
+      </c>
+      <c r="G250"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">