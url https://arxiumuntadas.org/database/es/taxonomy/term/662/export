--- v1 (2025-11-18)
+++ v2 (2026-01-17)
@@ -12,115 +12,118 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Catalán" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Presentació carpeta MANHATTTTTAN [Postal]</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
     <t>MANUAL</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Compilación</t>
   </si>
   <si>
-    <t>Barcelona</t>
-[...1 lines deleted...]
-  <si>
     <t>Antoni Muntadas: De tot el que fem n'hem d'aprendre alguna cosa</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Muntadas. La construcció de la por</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Sadomasoqués, exposició a Cadaqués</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Programa de TV</t>
   </si>
   <si>
     <t>ARA Diari especial. La construcció de la por</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Página de prensa intervención Diari ARA</t>
   </si>
   <si>
-    <t>Otros materiales de difusión</t>
-[...1 lines deleted...]
-  <si>
     <t>Sadomasoqués: artistes tocats per Cadaqués</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Que en són, de ‘masoques’, els artistes de Cadaqués</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>Antoni Muntadas: “Cadaqués és un lloc que estimo, amb el qual m’identifico i on carrego la bateria per tot l’any”</t>
   </si>
   <si>
     <t>Sadomasoqués, idiosincrasia de Cadaqués hecha exposición</t>
   </si>
   <si>
     <t>Qüestions d'Art. N.º 28 / 1974</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso, Revista</t>
@@ -536,117 +539,306 @@
   <si>
     <t>Folleto, Taller</t>
   </si>
   <si>
     <t>Recerca en Humanitats 2018</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>Turbulencias / Turbulències / Turbulences [Folleto]</t>
   </si>
   <si>
     <t>Folleto, Guía</t>
   </si>
   <si>
     <t>Sublime. Art Community News Service. All the Power to the Artists.</t>
   </si>
   <si>
     <t>Cultura|s. Deu fites artistiques</t>
   </si>
   <si>
     <t>Visions espanyoles de Nova York</t>
   </si>
   <si>
+    <t>Liberxina. Pop i nous comportements artístics [Invitación]</t>
+  </si>
+  <si>
     <t>Liberxina. Pop i nous comportements artístics [Folleto]</t>
   </si>
   <si>
-    <t>Liberxina. Pop i nous comportements artístics [Invitación]</t>
-[...1 lines deleted...]
-  <si>
     <t>LOOP Barcelona 2018</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Liberxina. Pop i nous comportements artístics</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>La condición de contorno. Sobre l'arxiu i els seus límits</t>
   </si>
   <si>
     <t>TOUT VA BIEN</t>
   </si>
   <si>
     <t>L'Avantguarda Catalana Del Video. Mostra de Videos Premiats al II Festival de Video de San Sebastian</t>
   </si>
   <si>
     <t>L'estació núm. 8 estiu Antonio Gamoneda i Antoni Muntadas</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Agenda MACBA Gener-Març 2018</t>
   </si>
   <si>
     <t>La pols del cos. Usos i representacions de l’espai. Col·lecció per amor a l’art</t>
   </si>
   <si>
     <t>Muntadas Edicions II</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
+    <t>Video Drive-In. 3 programes de vídeo americà</t>
+  </si>
+  <si>
+    <t>Paraŀlel Benet Rossell</t>
+  </si>
+  <si>
+    <t>Mirada i gest. 50 artistes 1977-2007</t>
+  </si>
+  <si>
+    <t>Torroella de Montgrí</t>
+  </si>
+  <si>
+    <t>Temps de Canvis. Col·lecció Fundació Privada AAVC</t>
+  </si>
+  <si>
+    <t>Catálogo Colección, Folleto</t>
+  </si>
+  <si>
+    <t>Dos Colors</t>
+  </si>
+  <si>
+    <t>Cave Canis - A</t>
+  </si>
+  <si>
+    <t>Serra d'Or, any XIII, núm. 145 - 15 d'octubre 1971</t>
+  </si>
+  <si>
+    <t>L'artista és un traductor constant de la realitat</t>
+  </si>
+  <si>
+    <t>Acte 28: Muntadas/Franch, dispositius d'exposició</t>
+  </si>
+  <si>
+    <t>Invitation au voyage / Transport to summer. 9È Cicle d' Intervencions al Vestíbul</t>
+  </si>
+  <si>
+    <t>Ciutats negades 2. Recuperant espais urbans oblidats</t>
+  </si>
+  <si>
+    <t>Prophetia [Catalán]</t>
+  </si>
+  <si>
+    <t>Nuits Blanches</t>
+  </si>
+  <si>
+    <t>#artveuivot</t>
+  </si>
+  <si>
+    <t>Arte, ciència i medi natural: ponències de la Quarta Trobada de la Comissió Internacional de Difusió de la Cultura Catalana</t>
+  </si>
+  <si>
+    <t>Collección MACBA</t>
+  </si>
+  <si>
+    <t>MUNTADAS: 10 proyectos / 10 textos</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Llibre de les Meravelles</t>
+  </si>
+  <si>
+    <t>Serra d'Or, any XIV, núm. 158 - 15 de novembre 1972</t>
+  </si>
+  <si>
+    <t>Esteu a punt per a la televisió? Entrevista a Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Machines</t>
+  </si>
+  <si>
+    <t>El llegat del Pop Art a Catalunya</t>
+  </si>
+  <si>
+    <t>Ciutats negades 1. Visualitzant espais urbans absents</t>
+  </si>
+  <si>
+    <t>Idees I actituds. Entorn de l'art conceptual a Catalunya. Subsentits</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>El model: un model per a una societat qualitativa (1968)</t>
+  </si>
+  <si>
+    <t>FLUX Festival de Vídeo d’Autor 2016</t>
+  </si>
+  <si>
+    <t>Folleto, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Muntadas: Treballs Recents</t>
+  </si>
+  <si>
+    <t>Centre d'Art Santa Mònica 1988-1998. 10 anys 100 exposicions</t>
+  </si>
+  <si>
+    <t>Dossier: Video</t>
+  </si>
+  <si>
+    <t>Josep Lluís Sert/A Nomadic Dream</t>
+  </si>
+  <si>
+    <t>IV Saló de tardor</t>
+  </si>
+  <si>
+    <t>Igualada</t>
+  </si>
+  <si>
+    <t>Temps de Vídeo. 1965-2005. Coŀlecció Nouveaux Médias del Centre Pompidou amb la participació de la coŀlecció d 'art contemporani Fundació "La Caixa"</t>
+  </si>
+  <si>
+    <t>Carrers de frontera. Passatges de la cultura alemanya a la cultura catalana. Vol. II</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps i l'espai</t>
+  </si>
+  <si>
+    <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
+  </si>
+  <si>
+    <t>Gante</t>
+  </si>
+  <si>
+    <t>Física de l'estètica: Noves fronteres de la ciència, l'art i el pesament</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Catalán]</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Muntadas a la Virreina: Instal·lacions / Passatges / Intervencions</t>
+  </si>
+  <si>
+    <t>Primavera Fotogràfica 1998</t>
+  </si>
+  <si>
+    <t>Àrtics-6</t>
+  </si>
+  <si>
+    <t>Muntadas a la Virreina. Instal·lacions / Passatges / Intervencions</t>
+  </si>
+  <si>
+    <t>Presentació carpeta MANHATTTTTAN</t>
+  </si>
+  <si>
+    <t>Vajilla imaginaria / Vaixella imaginaria / Imaginary dishes</t>
+  </si>
+  <si>
+    <t>Materia Resevada. Els artistes catalans i les Biennals de Venècia</t>
+  </si>
+  <si>
+    <t>Gelatina dura. Històries escamotejades dels 80</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
+  </si>
+  <si>
+    <t>Homenatge de Catalunya a Alexandre Cirici (1914-1983)</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Catalán]</t>
+  </si>
+  <si>
+    <t>Des/Aparicions</t>
+  </si>
+  <si>
+    <t>( D' ) oïda</t>
+  </si>
+  <si>
+    <t>Barcelona. Metròpolis Mediterrània N.º 12 Invierno 1988-89. Revista trimestral del Ayuntamiento de Barcelona.</t>
+  </si>
+  <si>
+    <t>Dénonciation</t>
+  </si>
+  <si>
     <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
   </si>
   <si>
     <t>Galeria Cadaqués. Obres de la coŀlecció Bombelli</t>
   </si>
   <si>
     <t>Paral·lel Benet Rossell</t>
   </si>
   <si>
     <t>Homenatge a Benet Rossell</t>
   </si>
   <si>
     <t>Visu3l: Bacanal I audiovisual</t>
   </si>
   <si>
     <t>LOOP Fair / LOOP Fest GUIDE</t>
   </si>
   <si>
-    <t>Intel.ligència col.lectiva: Noves fronteres de la ciència, l'art i el pesament</t>
+    <t>Intel·ligència col"lectiva: Noves fronteres de la ciència, l'art i el pesament</t>
   </si>
   <si>
     <t>Muntadas. 21.3.1998 Mercat de Vilafranca</t>
   </si>
   <si>
     <t>Banda Sonora, Publicación de Artista</t>
   </si>
   <si>
     <t>Fora de Camp. Set itineraris per l'audiovisual català dels anys 60 als 90.</t>
   </si>
   <si>
     <t>News Letter</t>
   </si>
   <si>
     <t>Sala Hal : Antoni Muntadas : Projectes: vídeo, instal·lacions i sistemes interactius : Audiovisual i nou mil·lenni</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>VAIA 2006. V Mostra de Video Art Internacional d'Alcoi</t>
   </si>
   <si>
     <t>Alcoi</t>
   </si>
@@ -782,255 +974,66 @@
   <si>
     <t>Conceptes. Coŀlecció Rafael Tous d'art contemporani</t>
   </si>
   <si>
     <t>Present continu. Producció Artistica i construcció de realitat</t>
   </si>
   <si>
     <t>Pròximament als carrers de Barcelona : 13 -25 setembre 2004. On Translation: La Ciutat</t>
   </si>
   <si>
     <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>Sala Tres 1972-1979 en la ruta de l'art alternatiu a Catalunya</t>
   </si>
   <si>
     <t>Marisa Ciento. Art i galerisme a Barcelona</t>
   </si>
   <si>
     <t>Col·lecció MACBA 31. #ColMacba31. #Expriència. #Temps. #Conflicte.</t>
   </si>
   <si>
-    <t>Catálogo Colección, Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Present I futurs. Arquitectura a les ciutats</t>
   </si>
   <si>
     <t>Cultura catalana contemporània I: L'Art Català Contemporani</t>
   </si>
   <si>
-    <t>Between the frames: The Forum</t>
+    <t>Between the frames: The Forum (Les transcripcions)</t>
   </si>
   <si>
     <t>Darrera Escena</t>
   </si>
   <si>
     <t>Horitzó TV.  Perspectives d'una altra televisió possible</t>
   </si>
   <si>
     <t>Del segon origen. Arts a Catalunya, 1950-1977</t>
-  </si>
-[...184 lines deleted...]
-    <t>Dénonciation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1330,101 +1333,103 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G250"/>
+  <dimension ref="A1:G251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="175" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
-      <c r="D2"/>
+      <c r="D2">
+        <v>1977</v>
+      </c>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
@@ -1480,4566 +1485,4583 @@
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
-      <c r="F13"/>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
-      <c r="F21"/>
+      <c r="F21" t="s">
+        <v>42</v>
+      </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F22"/>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>48</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>54</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>55</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>56</v>
+      </c>
+      <c r="B31" t="s">
+        <v>8</v>
+      </c>
+      <c r="C31" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>58</v>
+      </c>
+      <c r="B32" t="s">
+        <v>8</v>
+      </c>
+      <c r="C32" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>60</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>62</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>67</v>
+      </c>
+      <c r="B39" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>71</v>
+      </c>
+      <c r="B41" t="s">
+        <v>8</v>
+      </c>
+      <c r="C41" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>75</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>79</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>80</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D47">
         <v>2022</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D48">
         <v>2022</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D49">
         <v>2022</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>85</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="D50">
         <v>2022</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>86</v>
+      </c>
+      <c r="B51" t="s">
+        <v>8</v>
+      </c>
+      <c r="C51" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D51">
         <v>2022</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="D52">
         <v>2022</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D53">
         <v>2022</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>92</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>58</v>
+        <v>90</v>
       </c>
       <c r="D54">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>93</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="D55">
         <v>2021</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="D56">
         <v>2021</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D57">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>99</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="D58">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>100</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="D59">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
+        <v>101</v>
+      </c>
+      <c r="B60" t="s">
+        <v>8</v>
+      </c>
+      <c r="C60" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D60">
         <v>2021</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
+        <v>103</v>
+      </c>
+      <c r="B61" t="s">
+        <v>8</v>
+      </c>
+      <c r="C61" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D61">
         <v>2021</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>105</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D62">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>106</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D63">
         <v>1974</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>107</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D64">
         <v>1974</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>108</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D65">
         <v>1974</v>
       </c>
       <c r="E65"/>
-      <c r="F65"/>
+      <c r="F65" t="s">
+        <v>74</v>
+      </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>109</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D66">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E66"/>
-      <c r="F66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>110</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D67">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>111</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D68">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>112</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D69">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>113</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D70">
         <v>1973</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>114</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D71">
         <v>1973</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>115</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D72">
         <v>1973</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>116</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="D73">
         <v>1973</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>117</v>
+      </c>
+      <c r="B74" t="s">
+        <v>8</v>
+      </c>
+      <c r="C74" t="s">
         <v>118</v>
       </c>
-      <c r="B74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D74">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>119</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="D75">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>120</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D76">
         <v>1971</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
+        <v>121</v>
+      </c>
+      <c r="B77" t="s">
+        <v>8</v>
+      </c>
+      <c r="C77" t="s">
         <v>122</v>
       </c>
-      <c r="B77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D77">
-        <v>2021</v>
+        <v>1971</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>123</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="D78">
         <v>2021</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>124</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>125</v>
+        <v>37</v>
       </c>
       <c r="D79">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
+        <v>125</v>
+      </c>
+      <c r="B80" t="s">
+        <v>8</v>
+      </c>
+      <c r="C80" t="s">
         <v>126</v>
       </c>
-      <c r="B80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D80">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>127</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D81">
         <v>2021</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>128</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D82">
         <v>2021</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>129</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="D83">
         <v>2021</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>130</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>131</v>
+        <v>104</v>
       </c>
       <c r="D84">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
+        <v>131</v>
+      </c>
+      <c r="B85" t="s">
+        <v>8</v>
+      </c>
+      <c r="C85" t="s">
         <v>132</v>
       </c>
-      <c r="B85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D85">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>133</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D86">
         <v>2020</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>134</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>135</v>
+        <v>12</v>
       </c>
       <c r="D87">
         <v>2020</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
+        <v>135</v>
+      </c>
+      <c r="B88" t="s">
+        <v>8</v>
+      </c>
+      <c r="C88" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D88">
         <v>2020</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>137</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="D89">
         <v>2020</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>138</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D90">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>139</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D91">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>140</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="D92">
         <v>2020</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>141</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>142</v>
+        <v>25</v>
       </c>
       <c r="D93">
-        <v>1988</v>
+        <v>2020</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
+        <v>142</v>
+      </c>
+      <c r="B94" t="s">
+        <v>8</v>
+      </c>
+      <c r="C94" t="s">
         <v>143</v>
       </c>
-      <c r="B94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D94">
-        <v>2003</v>
+        <v>1988</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>144</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D95">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>145</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="D96">
-        <v>2018</v>
+        <v>1983</v>
       </c>
       <c r="E96"/>
-      <c r="F96"/>
+      <c r="F96" t="s">
+        <v>82</v>
+      </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>146</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D97">
-        <v>1985</v>
+        <v>2018</v>
       </c>
       <c r="E97"/>
-      <c r="F97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F97"/>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>147</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>148</v>
+        <v>37</v>
       </c>
       <c r="D98">
-        <v>2019</v>
+        <v>1985</v>
       </c>
       <c r="E98"/>
-      <c r="F98"/>
+      <c r="F98" t="s">
+        <v>10</v>
+      </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
+        <v>148</v>
+      </c>
+      <c r="B99" t="s">
+        <v>8</v>
+      </c>
+      <c r="C99" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D99">
         <v>2019</v>
       </c>
       <c r="E99"/>
-      <c r="F99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F99"/>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>150</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>9</v>
       </c>
       <c r="D100">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="E100"/>
-      <c r="F100"/>
+      <c r="F100" t="s">
+        <v>42</v>
+      </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>151</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>152</v>
+        <v>12</v>
       </c>
       <c r="D101">
-        <v>1985</v>
+        <v>2001</v>
       </c>
       <c r="E101"/>
-      <c r="F101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
+        <v>152</v>
+      </c>
+      <c r="B102" t="s">
+        <v>8</v>
+      </c>
+      <c r="C102" t="s">
         <v>153</v>
       </c>
-      <c r="B102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D102">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>154</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D103">
-        <v>2019</v>
+        <v>1986</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
+        <v>155</v>
+      </c>
+      <c r="B104" t="s">
+        <v>8</v>
+      </c>
+      <c r="C104" t="s">
         <v>156</v>
       </c>
-      <c r="B104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D104">
-        <v>1998</v>
+        <v>2019</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>157</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>155</v>
+        <v>32</v>
       </c>
       <c r="D105">
-        <v>2019</v>
+        <v>1998</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>158</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="D106">
-        <v>1991</v>
+        <v>2019</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>159</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>36</v>
+        <v>118</v>
       </c>
       <c r="D107">
-        <v>2019</v>
+        <v>1991</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>160</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D108">
         <v>2019</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>161</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>162</v>
+        <v>37</v>
       </c>
       <c r="D109">
-        <v>1983</v>
+        <v>2019</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
+        <v>162</v>
+      </c>
+      <c r="B110" t="s">
+        <v>8</v>
+      </c>
+      <c r="C110" t="s">
         <v>163</v>
       </c>
-      <c r="B110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D110">
-        <v>2004</v>
+        <v>1983</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>164</v>
+      </c>
+      <c r="B111" t="s">
+        <v>8</v>
+      </c>
+      <c r="C111" t="s">
         <v>165</v>
       </c>
-      <c r="B111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D111">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
+        <v>166</v>
+      </c>
+      <c r="B112" t="s">
+        <v>8</v>
+      </c>
+      <c r="C112" t="s">
         <v>167</v>
       </c>
-      <c r="B112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D112">
-        <v>2018</v>
+        <v>2003</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>168</v>
+      </c>
+      <c r="B113" t="s">
+        <v>8</v>
+      </c>
+      <c r="C113" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D113">
         <v>2018</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
         <v>10</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
+        <v>170</v>
+      </c>
+      <c r="B114" t="s">
+        <v>8</v>
+      </c>
+      <c r="C114" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D114">
         <v>2018</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>172</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D115">
         <v>2018</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>173</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D116">
         <v>2018</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>10</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>174</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="D117">
         <v>2018</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>10</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>175</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D118">
         <v>2018</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>10</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>176</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>177</v>
+        <v>90</v>
       </c>
       <c r="D119">
         <v>2018</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>10</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
+        <v>177</v>
+      </c>
+      <c r="B120" t="s">
+        <v>8</v>
+      </c>
+      <c r="C120" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D120">
         <v>2018</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
+        <v>179</v>
+      </c>
+      <c r="B121" t="s">
+        <v>8</v>
+      </c>
+      <c r="C121" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D121">
         <v>2018</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>10</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>181</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="D122">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>182</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D123">
-        <v>1983</v>
+        <v>2017</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>183</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>117</v>
+        <v>32</v>
       </c>
       <c r="D124">
-        <v>2017</v>
+        <v>1983</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
         <v>10</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>184</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>185</v>
+        <v>118</v>
       </c>
       <c r="D125">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
         <v>10</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
+        <v>185</v>
+      </c>
+      <c r="B126" t="s">
+        <v>8</v>
+      </c>
+      <c r="C126" t="s">
         <v>186</v>
       </c>
-      <c r="B126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D126">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>187</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="D127">
         <v>2018</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>188</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>189</v>
+        <v>32</v>
       </c>
       <c r="D128">
         <v>2018</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
+        <v>189</v>
+      </c>
+      <c r="B129" t="s">
+        <v>8</v>
+      </c>
+      <c r="C129" t="s">
         <v>190</v>
       </c>
-      <c r="B129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D129">
-        <v>1978</v>
+        <v>2018</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>10</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>191</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D130">
-        <v>2006</v>
+        <v>1989</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>192</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="D131">
         <v>2010</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>193</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D132">
         <v>2017</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>31</v>
+        <v>196</v>
       </c>
       <c r="D133">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>89</v>
+        <v>190</v>
       </c>
       <c r="D134">
-        <v>2017</v>
+        <v>1979</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>10</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D135">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>10</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>198</v>
+        <v>118</v>
       </c>
       <c r="D136">
-        <v>1998</v>
+        <v>1971</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
         <v>10</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="D137">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>9</v>
+        <v>190</v>
       </c>
       <c r="D138">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D139">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D140">
-        <v>1980</v>
+        <v>2007</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="D141">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>204</v>
+        <v>10</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>205</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D142">
-        <v>2012</v>
+        <v>1989</v>
       </c>
       <c r="E142"/>
-      <c r="F142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F142"/>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>206</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D143">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>207</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D144">
         <v>1994</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
         <v>10</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>208</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>31</v>
+        <v>180</v>
       </c>
       <c r="D145">
         <v>2017</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>10</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>209</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>44</v>
+        <v>190</v>
       </c>
       <c r="D146">
-        <v>1968</v>
+        <v>1980</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>10</v>
+        <v>210</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>189</v>
+        <v>32</v>
       </c>
       <c r="D147">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>31</v>
+        <v>118</v>
       </c>
       <c r="D148">
-        <v>1999</v>
+        <v>1972</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="D149">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D150">
-        <v>1996</v>
+        <v>1964</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D151">
-        <v>1981</v>
+        <v>2004</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D152">
         <v>2007</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>9</v>
+        <v>90</v>
       </c>
       <c r="D153">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
         <v>10</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>179</v>
+        <v>32</v>
       </c>
       <c r="D154">
-        <v>2004</v>
+        <v>1992</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>10</v>
+        <v>219</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>218</v>
+        <v>204</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>179</v>
+        <v>32</v>
       </c>
       <c r="D155">
-        <v>1994</v>
+        <v>2015</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>10</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="D156">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
         <v>10</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>44</v>
+        <v>222</v>
       </c>
       <c r="D157">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
         <v>10</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D158">
-        <v>2003</v>
+        <v>1983</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D159">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>223</v>
+        <v>10</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>31</v>
+        <v>169</v>
       </c>
       <c r="D160">
-        <v>2001</v>
+        <v>1976</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>225</v>
+        <v>10</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>226</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>89</v>
+        <v>14</v>
       </c>
       <c r="D161">
-        <v>1996</v>
+        <v>2013</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>227</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D162">
-        <v>1984</v>
+        <v>1964</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>10</v>
+        <v>228</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D163">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D164">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
         <v>10</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="D165">
-        <v>2008</v>
+        <v>1980</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
         <v>10</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="D166">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
         <v>10</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>233</v>
+        <v>32</v>
       </c>
       <c r="D167">
         <v>2015</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>10</v>
+        <v>234</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
         <v>12</v>
       </c>
       <c r="D168">
-        <v>1991</v>
+        <v>2006</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
         <v>10</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>18</v>
+        <v>237</v>
       </c>
       <c r="D169">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
         <v>10</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>31</v>
+        <v>237</v>
       </c>
       <c r="D170">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D171">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="D172">
-        <v>2001</v>
+        <v>1988</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="D173">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D174">
-        <v>2006</v>
+        <v>1977</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>242</v>
+        <v>32</v>
       </c>
       <c r="D175">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>179</v>
+        <v>45</v>
       </c>
       <c r="D176">
         <v>2009</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
         <v>10</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="D177">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
         <v>10</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>131</v>
+        <v>32</v>
       </c>
       <c r="D178">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
         <v>10</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="D179">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>198</v>
+        <v>136</v>
       </c>
       <c r="D180">
-        <v>2008</v>
+        <v>1984</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
         <v>10</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="D181">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
         <v>10</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>44</v>
+        <v>190</v>
       </c>
       <c r="D182">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
         <v>10</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D183">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
         <v>10</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D184">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>252</v>
+        <v>10</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>253</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="D185">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
         <v>10</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>254</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D186">
-        <v>2016</v>
+        <v>1978</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
         <v>10</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>255</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>256</v>
+        <v>32</v>
       </c>
       <c r="D187">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
         <v>10</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>31</v>
+        <v>136</v>
       </c>
       <c r="D188">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
         <v>10</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="D189">
-        <v>1970</v>
+        <v>2017</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
         <v>10</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="D190">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E190"/>
-      <c r="F190"/>
+      <c r="F190" t="s">
+        <v>10</v>
+      </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>259</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>189</v>
+        <v>90</v>
       </c>
       <c r="D191">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
         <v>10</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>260</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D192">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
         <v>10</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>261</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>31</v>
+        <v>262</v>
       </c>
       <c r="D193">
-        <v>2007</v>
+        <v>1998</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
         <v>10</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D194">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
         <v>10</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D195">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="D196">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
         <v>10</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D197">
-        <v>2017</v>
+        <v>1980</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>266</v>
+        <v>10</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>267</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
-        <v>256</v>
+        <v>32</v>
       </c>
       <c r="D198">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>64</v>
+        <v>268</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
-        <v>189</v>
+        <v>32</v>
       </c>
       <c r="D199">
-        <v>1979</v>
+        <v>2012</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
         <v>10</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="D200">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
         <v>10</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
-        <v>117</v>
+        <v>32</v>
       </c>
       <c r="D201">
-        <v>1971</v>
+        <v>1994</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
         <v>10</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="D202">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
         <v>10</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
-        <v>189</v>
+        <v>45</v>
       </c>
       <c r="D203">
-        <v>2014</v>
+        <v>1968</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
         <v>10</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="D204">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D205">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="D206">
-        <v>2015</v>
+        <v>1996</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="D207">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="E207"/>
-      <c r="F207"/>
+      <c r="F207" t="s">
+        <v>65</v>
+      </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D208">
-        <v>2014</v>
+        <v>1981</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
         <v>10</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="D209">
-        <v>1994</v>
+        <v>2007</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
         <v>10</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
-        <v>179</v>
+        <v>12</v>
       </c>
       <c r="D210">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
         <v>10</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B211" t="s">
         <v>8</v>
       </c>
       <c r="C211" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="D211">
-        <v>1980</v>
+        <v>2004</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>281</v>
+        <v>10</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>282</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
-        <v>31</v>
+        <v>180</v>
       </c>
       <c r="D212">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>283</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="D213">
-        <v>1972</v>
+        <v>1999</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
         <v>10</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>284</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="D214">
-        <v>2010</v>
+        <v>1998</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
         <v>10</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>285</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="D215">
-        <v>1964</v>
+        <v>2003</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
         <v>10</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>286</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D216">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>25</v>
+        <v>287</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D217">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>64</v>
+        <v>289</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D218">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
         <v>10</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D219">
-        <v>1992</v>
+        <v>1984</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>290</v>
+        <v>10</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D220">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="D221">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
         <v>10</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>293</v>
+        <v>32</v>
       </c>
       <c r="D222">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
         <v>10</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>189</v>
+        <v>14</v>
       </c>
       <c r="D223">
-        <v>1983</v>
+        <v>1995</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B224" t="s">
         <v>8</v>
       </c>
       <c r="C224" t="s">
-        <v>31</v>
+        <v>297</v>
       </c>
       <c r="D224">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
         <v>10</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B225" t="s">
         <v>8</v>
       </c>
       <c r="C225" t="s">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="D225">
-        <v>1976</v>
+        <v>1991</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
         <v>10</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B226" t="s">
         <v>8</v>
       </c>
       <c r="C226" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D226">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E226"/>
       <c r="F226" t="s">
         <v>10</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B227" t="s">
         <v>8</v>
       </c>
       <c r="C227" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D227">
-        <v>1964</v>
+        <v>2000</v>
       </c>
       <c r="E227"/>
       <c r="F227" t="s">
-        <v>299</v>
+        <v>10</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B228" t="s">
         <v>8</v>
       </c>
       <c r="C228" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D228">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B229" t="s">
         <v>8</v>
       </c>
       <c r="C229" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="D229">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
         <v>10</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B230" t="s">
         <v>8</v>
       </c>
       <c r="C230" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D230">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="E230"/>
       <c r="F230" t="s">
         <v>10</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B231" t="s">
         <v>8</v>
       </c>
       <c r="C231" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D231">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E231"/>
       <c r="F231" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B232" t="s">
         <v>8</v>
       </c>
       <c r="C232" t="s">
-        <v>31</v>
+        <v>306</v>
       </c>
       <c r="D232">
         <v>2015</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>305</v>
+        <v>91</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B233" t="s">
         <v>8</v>
       </c>
       <c r="C233" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
       <c r="D233">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
         <v>10</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B234" t="s">
         <v>8</v>
       </c>
       <c r="C234" t="s">
-        <v>308</v>
+        <v>32</v>
       </c>
       <c r="D234">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E234"/>
       <c r="F234" t="s">
         <v>10</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>309</v>
       </c>
       <c r="B235" t="s">
         <v>8</v>
       </c>
       <c r="C235" t="s">
-        <v>308</v>
+        <v>132</v>
       </c>
       <c r="D235">
-        <v>1988</v>
+        <v>2015</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
         <v>10</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>310</v>
       </c>
       <c r="B236" t="s">
         <v>8</v>
       </c>
       <c r="C236" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="D236">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>311</v>
       </c>
       <c r="B237" t="s">
         <v>8</v>
       </c>
       <c r="C237" t="s">
-        <v>44</v>
+        <v>262</v>
       </c>
       <c r="D237">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="E237"/>
       <c r="F237" t="s">
         <v>10</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>312</v>
       </c>
       <c r="B238" t="s">
         <v>8</v>
       </c>
       <c r="C238" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D238">
-        <v>1988</v>
+        <v>2001</v>
       </c>
       <c r="E238"/>
       <c r="F238" t="s">
         <v>10</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>313</v>
       </c>
       <c r="B239" t="s">
         <v>8</v>
       </c>
       <c r="C239" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D239">
-        <v>1977</v>
+        <v>2006</v>
       </c>
       <c r="E239"/>
       <c r="F239" t="s">
         <v>10</v>
       </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>314</v>
       </c>
       <c r="B240" t="s">
         <v>8</v>
       </c>
       <c r="C240" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="D240">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
         <v>10</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>315</v>
       </c>
       <c r="B241" t="s">
         <v>8</v>
       </c>
       <c r="C241" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D241">
-        <v>2009</v>
+        <v>1987</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>10</v>
+        <v>316</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B242" t="s">
         <v>8</v>
       </c>
       <c r="C242" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D242">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="E242"/>
       <c r="F242" t="s">
         <v>10</v>
       </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B243" t="s">
         <v>8</v>
       </c>
       <c r="C243" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D243">
-        <v>1993</v>
+        <v>2016</v>
       </c>
       <c r="E243"/>
       <c r="F243" t="s">
         <v>10</v>
       </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B244" t="s">
         <v>8</v>
       </c>
       <c r="C244" t="s">
-        <v>31</v>
+        <v>196</v>
       </c>
       <c r="D244">
         <v>2016</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B245" t="s">
         <v>8</v>
       </c>
       <c r="C245" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="D245">
-        <v>1984</v>
+        <v>1996</v>
       </c>
       <c r="E245"/>
       <c r="F245" t="s">
         <v>10</v>
       </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B246" t="s">
         <v>8</v>
       </c>
       <c r="C246" t="s">
-        <v>189</v>
+        <v>45</v>
       </c>
       <c r="D246">
-        <v>2002</v>
+        <v>1970</v>
       </c>
       <c r="E246"/>
       <c r="F246" t="s">
         <v>10</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="B247" t="s">
         <v>8</v>
       </c>
       <c r="C247" t="s">
-        <v>189</v>
+        <v>14</v>
       </c>
       <c r="D247">
         <v>1996</v>
       </c>
       <c r="E247"/>
-      <c r="F247" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F247"/>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>322</v>
       </c>
       <c r="B248" t="s">
         <v>8</v>
       </c>
       <c r="C248" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="D248">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
         <v>10</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>323</v>
       </c>
       <c r="B249" t="s">
         <v>8</v>
       </c>
       <c r="C249" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D249">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
         <v>10</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>324</v>
       </c>
       <c r="B250" t="s">
         <v>8</v>
       </c>
       <c r="C250" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="D250">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E250"/>
       <c r="F250" t="s">
         <v>10</v>
       </c>
       <c r="G250"/>
+    </row>
+    <row r="251" spans="1:7">
+      <c r="A251" t="s">
+        <v>325</v>
+      </c>
+      <c r="B251" t="s">
+        <v>8</v>
+      </c>
+      <c r="C251" t="s">
+        <v>90</v>
+      </c>
+      <c r="D251">
+        <v>2015</v>
+      </c>
+      <c r="E251"/>
+      <c r="F251" t="s">
+        <v>10</v>
+      </c>
+      <c r="G251"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">