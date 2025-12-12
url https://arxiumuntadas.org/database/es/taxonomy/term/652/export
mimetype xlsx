--- v0 (2025-10-08)
+++ v1 (2025-12-12)
@@ -71,60 +71,60 @@
   <si>
     <t>De la autoconstrucción a los Gated Communities</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Arte de video en Nueva York</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Muntadas. Videos del 20 al 25 de enero / Acción Situación: Hoy 25 de enero de 1976 [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>La construcción del miedo [Desplegable]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
+    <t>A diestra y Siniestra. Comentarios sobre arte y politica</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
     <t>La construcción del miedo</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ensayo</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Arte de Video</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>¡DICHO Y HECHO!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -582,80 +582,80 @@
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2013</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>